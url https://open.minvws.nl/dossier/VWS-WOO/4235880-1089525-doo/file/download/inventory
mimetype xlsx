--- v0 (2025-12-21)
+++ v1 (2026-01-25)
@@ -659,56 +659,56 @@
   <si>
     <t>20200317 kamerbrief-stand-van-zaken-bestrijding-covid-19.pdf.pdf</t>
   </si>
   <si>
     <t>https://www.venvn.nl/media/lmycfrlp/kamerbrief-stand-van-zaken-bestrijding-covid-19.pdf</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1895194</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1895196</t>
   </si>
   <si>
     <t>Inventarisatie projecten en financiering via KBG 20 mrt 2020.docx.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1895196</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1895197</t>
   </si>
   <si>
     <t>SINGAPORE - Uitvraag VWS gebruik apps bij bestrijding COVID-19.docx.docx</t>
   </si>
   <si>
+    <t>5.1.2a;5.1.2e</t>
+  </si>
+  <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1895197</t>
   </si>
   <si>
-    <t>ja</t>
-[...1 lines deleted...]
-  <si>
     <t>VWS-WOO-06b-1895198</t>
   </si>
   <si>
     <t>NCTV Catshuis 11 april 2020 doorkijk naar besluitvorming 21 april 2020.pdf.pdf</t>
   </si>
   <si>
     <t>https://open.overheid.nl/documenten/ronl-4a35f6da-a780-4568-a04d-642f292eb45c/pdf</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1895198</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1895202</t>
   </si>
   <si>
     <t>2020-10-22 Kamerbrief tijdelijk beleidskader waarborgen acute zorg in de COVID pandemie.docx.docx</t>
   </si>
   <si>
     <t>https://zoek.officielebekendmakingen.nl/kst-29247-317.html</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1895202</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1895203</t>
@@ -2825,50 +2825,53 @@
   <si>
     <t>VWS-WOO-06b-1898014</t>
   </si>
   <si>
     <t>Communicatie 21-4 versie 4.1  15 april einde dag. docx.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1898014</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1898033</t>
   </si>
   <si>
     <t>RE: Rol testen en opsporen in exitstrategie</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1898033</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1898040</t>
   </si>
   <si>
     <t>RE: [info - bericht verstuurd]: [RIJK] Singapore - Coronabestrijden in Cyberspace met trace-together-app</t>
   </si>
   <si>
+    <t>5.1.2a;5.1.2e;5.1.2i Functionele emailadressen</t>
+  </si>
+  <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1898040</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1898061</t>
   </si>
   <si>
     <t>OTCB 6 april.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1898061</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1898063</t>
   </si>
   <si>
     <t>DPIA_PienterCorona_draft_2020-03-23.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1898063</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1898087</t>
   </si>
   <si>
     <t>SARS CoV activiteiten.docx</t>
@@ -3410,59 +3413,59 @@
   <si>
     <t>AT20200316 Vragen van Nursing ter beantwoording_-,.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1899129</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1899187</t>
   </si>
   <si>
     <t>Verslag HL IPCR 14 april 2021.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1899187</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1899448</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1899233</t>
   </si>
   <si>
     <t xml:space="preserve">FW: Tertiaire zorg bij Corona uitbraak! </t>
   </si>
   <si>
+    <t>5.1.2a</t>
+  </si>
+  <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1899233</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1899234</t>
   </si>
   <si>
-    <t>5.1.2a</t>
-[...1 lines deleted...]
-  <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1899234</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1899392</t>
   </si>
   <si>
     <t>e_agenda_voor_de_extra_informele_videoconferentie_van_EU-gezondheidsministers_van_15_april_2020.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1899392</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1899393</t>
   </si>
   <si>
     <t>Defintieve instructie CRPII punt 17 EU UK relations.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1899393</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1899402</t>
   </si>
   <si>
     <t xml:space="preserve">SPOED input voor website - graag voor elf uur! </t>
@@ -3483,53 +3486,50 @@
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1899431</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1899439</t>
   </si>
   <si>
     <t>RE: Corona apps</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1899439</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1899443</t>
   </si>
   <si>
     <t>Artikel 16 maart 2020 van de Imperial College COVID.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1899443</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1899448</t>
   </si>
   <si>
     <t>FW: [RIJK] Europa - Verslag HL IPCR 14 april 2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>5.1.2a;5.1.2e;5.1.2i Functionele emailadressen</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1899549</t>
   </si>
   <si>
     <t>FW: Aanbod van Facebook: symptom survey</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1899549</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1899588</t>
   </si>
   <si>
     <t>RE: omt advies</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/4235880-1089525-doo/document/VWS-WOO-06b-1899588</t>
   </si>
   <si>
     <t>VWS-WOO-06b-1899698</t>
   </si>
   <si>
     <t>FW: Orkest en groepsimmuniteit</t>
   </si>
@@ -7814,56 +7814,53 @@
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
       <c r="H61" t="s">
         <v>212</v>
       </c>
       <c r="L61" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
         <v>1895197</v>
       </c>
       <c r="B62" t="s">
         <v>213</v>
       </c>
       <c r="C62" t="s">
         <v>214</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
-        <v>27</v>
+        <v>215</v>
       </c>
       <c r="H62" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="I62" t="s">
         <v>216</v>
       </c>
       <c r="L62" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
         <v>1895198</v>
       </c>
       <c r="B63" t="s">
         <v>217</v>
       </c>
       <c r="C63" t="s">
         <v>218</v>
       </c>
       <c r="D63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>219</v>
       </c>
       <c r="H63" t="s">
         <v>220</v>
       </c>
@@ -9783,53 +9780,50 @@
         <v>465</v>
       </c>
       <c r="L140" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
         <v>1895350</v>
       </c>
       <c r="B141" t="s">
         <v>466</v>
       </c>
       <c r="C141" t="s">
         <v>467</v>
       </c>
       <c r="D141" t="s">
         <v>26</v>
       </c>
       <c r="E141" t="s">
         <v>468</v>
       </c>
       <c r="H141" t="s">
         <v>469</v>
       </c>
-      <c r="I141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L141" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
         <v>1895352</v>
       </c>
       <c r="B142" t="s">
         <v>470</v>
       </c>
       <c r="C142" t="s">
         <v>471</v>
       </c>
       <c r="D142" t="s">
         <v>82</v>
       </c>
       <c r="H142" t="s">
         <v>472</v>
       </c>
       <c r="L142" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:12">
@@ -10704,78 +10698,72 @@
         <v>600</v>
       </c>
       <c r="L179" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
         <v>1895583</v>
       </c>
       <c r="B180" t="s">
         <v>601</v>
       </c>
       <c r="C180" t="s">
         <v>602</v>
       </c>
       <c r="D180" t="s">
         <v>26</v>
       </c>
       <c r="E180" t="s">
         <v>603</v>
       </c>
       <c r="H180" t="s">
         <v>604</v>
       </c>
-      <c r="I180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L180" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181">
         <v>1895590</v>
       </c>
       <c r="B181" t="s">
         <v>605</v>
       </c>
       <c r="C181" t="s">
         <v>606</v>
       </c>
       <c r="D181" t="s">
         <v>26</v>
       </c>
       <c r="E181" t="s">
-        <v>27</v>
+        <v>215</v>
       </c>
       <c r="H181" t="s">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="L181" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182">
         <v>1895598</v>
       </c>
       <c r="B182" t="s">
         <v>608</v>
       </c>
       <c r="C182" t="s">
         <v>609</v>
       </c>
       <c r="D182" t="s">
         <v>26</v>
       </c>
       <c r="E182" t="s">
         <v>27</v>
       </c>
       <c r="H182" t="s">
         <v>610</v>
       </c>
       <c r="L182" t="s">
@@ -13357,1821 +13345,1812 @@
       </c>
       <c r="E287" t="s">
         <v>793</v>
       </c>
       <c r="H287" t="s">
         <v>934</v>
       </c>
       <c r="L287" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288">
         <v>1898040</v>
       </c>
       <c r="B288" t="s">
         <v>935</v>
       </c>
       <c r="C288" t="s">
         <v>936</v>
       </c>
       <c r="D288" t="s">
         <v>26</v>
       </c>
       <c r="E288" t="s">
-        <v>603</v>
+        <v>937</v>
       </c>
       <c r="H288" t="s">
-        <v>937</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>938</v>
       </c>
       <c r="L288" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289">
         <v>1898061</v>
       </c>
       <c r="B289" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C289" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D289" t="s">
         <v>26</v>
       </c>
       <c r="E289" t="s">
         <v>27</v>
       </c>
       <c r="H289" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="L289" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290">
         <v>1898063</v>
       </c>
       <c r="B290" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="C290" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D290" t="s">
         <v>20</v>
       </c>
       <c r="E290" t="s">
         <v>21</v>
       </c>
       <c r="H290" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="L290" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
         <v>1898087</v>
       </c>
       <c r="B291" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C291" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D291" t="s">
         <v>82</v>
       </c>
       <c r="H291" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="L291" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
         <v>1898096</v>
       </c>
       <c r="B292" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C292" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D292" t="s">
         <v>26</v>
       </c>
       <c r="E292" t="s">
         <v>27</v>
       </c>
       <c r="H292" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="L292" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293">
         <v>1898099</v>
       </c>
       <c r="B293" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C293" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D293" t="s">
         <v>20</v>
       </c>
       <c r="E293" t="s">
         <v>21</v>
       </c>
       <c r="H293" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="L293" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294">
         <v>1898106</v>
       </c>
       <c r="B294" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="C294" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D294" t="s">
         <v>20</v>
       </c>
       <c r="E294" t="s">
         <v>21</v>
       </c>
       <c r="H294" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="J294">
         <v>1898087</v>
       </c>
       <c r="K294" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="L294" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="295" spans="1:12">
       <c r="A295">
         <v>1898142</v>
       </c>
       <c r="B295" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C295" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D295" t="s">
         <v>20</v>
       </c>
       <c r="E295" t="s">
         <v>21</v>
       </c>
       <c r="H295" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="L295" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296">
         <v>1898155</v>
       </c>
       <c r="B296" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="C296" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D296" t="s">
         <v>20</v>
       </c>
       <c r="E296" t="s">
         <v>21</v>
       </c>
       <c r="H296" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="J296">
         <v>1898087</v>
       </c>
       <c r="K296" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="L296" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297">
         <v>1898162</v>
       </c>
       <c r="B297" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C297" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D297" t="s">
         <v>20</v>
       </c>
       <c r="E297" t="s">
         <v>21</v>
       </c>
       <c r="H297" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="L297" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
         <v>1898172</v>
       </c>
       <c r="B298" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C298" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D298" t="s">
         <v>20</v>
       </c>
       <c r="E298" t="s">
         <v>21</v>
       </c>
       <c r="H298" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="L298" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
         <v>1898179</v>
       </c>
       <c r="B299" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C299" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D299" t="s">
         <v>26</v>
       </c>
       <c r="E299" t="s">
         <v>27</v>
       </c>
       <c r="H299" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="L299" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
         <v>1898241</v>
       </c>
       <c r="B300" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C300" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D300" t="s">
         <v>20</v>
       </c>
       <c r="E300" t="s">
         <v>21</v>
       </c>
       <c r="H300" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="J300">
         <v>1897134</v>
       </c>
       <c r="K300" t="s">
         <v>753</v>
       </c>
       <c r="L300" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
         <v>1898243</v>
       </c>
       <c r="B301" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C301" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D301" t="s">
         <v>20</v>
       </c>
       <c r="E301" t="s">
         <v>198</v>
       </c>
       <c r="H301" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="L301" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
         <v>1898250</v>
       </c>
       <c r="B302" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C302" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D302" t="s">
         <v>20</v>
       </c>
       <c r="E302" t="s">
         <v>21</v>
       </c>
       <c r="H302" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="J302">
         <v>1895163</v>
       </c>
       <c r="K302" t="s">
         <v>134</v>
       </c>
       <c r="L302" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
         <v>1898252</v>
       </c>
       <c r="B303" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C303" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D303" t="s">
         <v>14</v>
       </c>
       <c r="G303" t="s">
         <v>86</v>
       </c>
       <c r="H303" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="L303" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
         <v>1898253</v>
       </c>
       <c r="B304" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C304" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D304" t="s">
         <v>14</v>
       </c>
       <c r="G304" t="s">
         <v>15</v>
       </c>
       <c r="H304" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="L304" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
         <v>1898331</v>
       </c>
       <c r="B305" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C305" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D305" t="s">
         <v>26</v>
       </c>
       <c r="E305" t="s">
         <v>27</v>
       </c>
       <c r="H305" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="L305" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
         <v>1898346</v>
       </c>
       <c r="B306" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="C306" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="D306" t="s">
         <v>26</v>
       </c>
       <c r="E306" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="H306" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="L306" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
         <v>1898376</v>
       </c>
       <c r="B307" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C307" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D307" t="s">
         <v>26</v>
       </c>
       <c r="E307" t="s">
         <v>603</v>
       </c>
       <c r="H307" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="L307" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
         <v>1898385</v>
       </c>
       <c r="B308" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C308" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D308" t="s">
         <v>26</v>
       </c>
       <c r="E308" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="H308" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="L308" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
         <v>1898415</v>
       </c>
       <c r="B309" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C309" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D309" t="s">
         <v>20</v>
       </c>
       <c r="E309" t="s">
         <v>21</v>
       </c>
       <c r="G309" t="s">
         <v>86</v>
       </c>
       <c r="H309" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="L309" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
         <v>1898416</v>
       </c>
       <c r="B310" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C310" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D310" t="s">
         <v>20</v>
       </c>
       <c r="E310" t="s">
         <v>21</v>
       </c>
       <c r="H310" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="L310" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
         <v>1898417</v>
       </c>
       <c r="B311" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C311" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D311" t="s">
         <v>20</v>
       </c>
       <c r="E311" t="s">
         <v>21</v>
       </c>
       <c r="G311" t="s">
         <v>111</v>
       </c>
       <c r="H311" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="L311" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312">
         <v>1898418</v>
       </c>
       <c r="B312" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C312" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="D312" t="s">
         <v>26</v>
       </c>
       <c r="E312" t="s">
         <v>27</v>
       </c>
       <c r="H312" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="L312" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313">
         <v>1898419</v>
       </c>
       <c r="B313" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C313" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D313" t="s">
         <v>20</v>
       </c>
       <c r="E313" t="s">
         <v>21</v>
       </c>
       <c r="G313" t="s">
         <v>86</v>
       </c>
       <c r="H313" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="L313" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314">
         <v>1898421</v>
       </c>
       <c r="B314" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="C314" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D314" t="s">
         <v>20</v>
       </c>
       <c r="E314" t="s">
         <v>21</v>
       </c>
       <c r="G314" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="H314" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="L314" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315">
         <v>1898423</v>
       </c>
       <c r="B315" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C315" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="D315" t="s">
         <v>20</v>
       </c>
       <c r="E315" t="s">
         <v>21</v>
       </c>
       <c r="H315" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="L315" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316">
         <v>1898424</v>
       </c>
       <c r="B316" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C316" t="s">
         <v>906</v>
       </c>
       <c r="D316" t="s">
         <v>26</v>
       </c>
       <c r="E316" t="s">
         <v>27</v>
       </c>
       <c r="H316" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="L316" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317">
         <v>1898425</v>
       </c>
       <c r="B317" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C317" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D317" t="s">
         <v>20</v>
       </c>
       <c r="E317" t="s">
         <v>21</v>
       </c>
       <c r="H317" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="L317" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318">
         <v>1898426</v>
       </c>
       <c r="B318" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C318" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="D318" t="s">
         <v>20</v>
       </c>
       <c r="E318" t="s">
         <v>21</v>
       </c>
       <c r="H318" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="L318" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319">
         <v>1898433</v>
       </c>
       <c r="B319" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="C319" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D319" t="s">
         <v>14</v>
       </c>
       <c r="G319" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H319" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="L319" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320">
         <v>1898435</v>
       </c>
       <c r="B320" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C320" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D320" t="s">
         <v>82</v>
       </c>
       <c r="H320" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="L320" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
         <v>1898449</v>
       </c>
       <c r="B321" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C321" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D321" t="s">
         <v>26</v>
       </c>
       <c r="E321" t="s">
         <v>27</v>
       </c>
       <c r="H321" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="L321" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
         <v>1898452</v>
       </c>
       <c r="B322" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="C322" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D322" t="s">
         <v>20</v>
       </c>
       <c r="E322" t="s">
         <v>21</v>
       </c>
       <c r="G322" t="s">
         <v>86</v>
       </c>
       <c r="H322" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="L322" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
         <v>1898515</v>
       </c>
       <c r="B323" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="C323" t="s">
         <v>744</v>
       </c>
       <c r="D323" t="s">
         <v>26</v>
       </c>
       <c r="E323" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="H323" t="s">
         <v>746</v>
       </c>
       <c r="L323" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
         <v>1898658</v>
       </c>
       <c r="B324" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C324" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D324" t="s">
         <v>26</v>
       </c>
       <c r="E324" t="s">
         <v>27</v>
       </c>
       <c r="H324" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="L324" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
         <v>1898790</v>
       </c>
       <c r="B325" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="C325" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="D325" t="s">
         <v>82</v>
       </c>
       <c r="H325" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="L325" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
         <v>1898912</v>
       </c>
       <c r="B326" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C326" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D326" t="s">
         <v>26</v>
       </c>
       <c r="E326" t="s">
         <v>27</v>
       </c>
       <c r="H326" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="L326" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
         <v>1898921</v>
       </c>
       <c r="B327" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C327" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D327" t="s">
         <v>82</v>
       </c>
       <c r="H327" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="L327" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
         <v>1898937</v>
       </c>
       <c r="B328" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="C328" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="D328" t="s">
         <v>14</v>
       </c>
       <c r="G328" t="s">
         <v>208</v>
       </c>
       <c r="H328" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="L328" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
         <v>1898985</v>
       </c>
       <c r="B329" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="C329" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D329" t="s">
         <v>26</v>
       </c>
       <c r="E329" t="s">
         <v>27</v>
       </c>
       <c r="H329" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="L329" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
         <v>1898987</v>
       </c>
       <c r="B330" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="C330" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D330" t="s">
         <v>26</v>
       </c>
       <c r="E330" t="s">
         <v>603</v>
       </c>
       <c r="H330" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="L330" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
         <v>1898999</v>
       </c>
       <c r="B331" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C331" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="D331" t="s">
         <v>26</v>
       </c>
       <c r="E331" t="s">
         <v>793</v>
       </c>
       <c r="H331" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="L331" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
         <v>1899000</v>
       </c>
       <c r="B332" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="C332" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="D332" t="s">
         <v>26</v>
       </c>
       <c r="E332" t="s">
         <v>27</v>
       </c>
       <c r="H332" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="L332" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333">
         <v>1899010</v>
       </c>
       <c r="B333" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C333" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D333" t="s">
         <v>20</v>
       </c>
       <c r="E333" t="s">
         <v>21</v>
       </c>
       <c r="H333" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="L333" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334">
         <v>1899011</v>
       </c>
       <c r="B334" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="C334" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="D334" t="s">
         <v>26</v>
       </c>
       <c r="E334" t="s">
         <v>27</v>
       </c>
       <c r="H334" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="L334" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335">
         <v>1899014</v>
       </c>
       <c r="B335" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="C335" t="s">
         <v>442</v>
       </c>
       <c r="D335" t="s">
         <v>20</v>
       </c>
       <c r="E335" t="s">
         <v>21</v>
       </c>
       <c r="H335" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="L335" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
         <v>1899017</v>
       </c>
       <c r="B336" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C336" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D336" t="s">
         <v>20</v>
       </c>
       <c r="E336" t="s">
         <v>21</v>
       </c>
       <c r="H336" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="L336" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
         <v>1899018</v>
       </c>
       <c r="B337" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="C337" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="D337" t="s">
         <v>20</v>
       </c>
       <c r="E337" t="s">
         <v>21</v>
       </c>
       <c r="H337" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="L337" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338">
         <v>1899021</v>
       </c>
       <c r="B338" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="C338" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="D338" t="s">
         <v>20</v>
       </c>
       <c r="E338" t="s">
         <v>21</v>
       </c>
       <c r="H338" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="L338" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339">
         <v>1899023</v>
       </c>
       <c r="B339" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C339" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="D339" t="s">
         <v>20</v>
       </c>
       <c r="E339" t="s">
         <v>21</v>
       </c>
       <c r="H339" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="L339" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="340" spans="1:12">
       <c r="A340">
         <v>1899024</v>
       </c>
       <c r="B340" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="C340" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="D340" t="s">
         <v>26</v>
       </c>
       <c r="E340" t="s">
         <v>27</v>
       </c>
       <c r="H340" t="s">
         <v>669</v>
       </c>
       <c r="L340" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="341" spans="1:12">
       <c r="A341">
         <v>1899030</v>
       </c>
       <c r="B341" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="C341" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="D341" t="s">
         <v>20</v>
       </c>
       <c r="E341" t="s">
         <v>21</v>
       </c>
       <c r="H341" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="L341" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="342" spans="1:12">
       <c r="A342">
         <v>1899046</v>
       </c>
       <c r="B342" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C342" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D342" t="s">
         <v>14</v>
       </c>
       <c r="G342" t="s">
         <v>86</v>
       </c>
       <c r="H342" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="L342" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="343" spans="1:12">
       <c r="A343">
         <v>1899072</v>
       </c>
       <c r="B343" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="C343" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="D343" t="s">
         <v>26</v>
       </c>
       <c r="E343" t="s">
         <v>27</v>
       </c>
       <c r="H343" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="L343" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="344" spans="1:12">
       <c r="A344">
         <v>1899115</v>
       </c>
       <c r="B344" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C344" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D344" t="s">
         <v>14</v>
       </c>
       <c r="G344" t="s">
         <v>53</v>
       </c>
       <c r="H344" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="L344" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="345" spans="1:12">
       <c r="A345">
         <v>1899117</v>
       </c>
       <c r="B345" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="C345" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D345" t="s">
         <v>20</v>
       </c>
       <c r="E345" t="s">
         <v>198</v>
       </c>
       <c r="H345" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="L345" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="346" spans="1:12">
       <c r="A346">
         <v>1899120</v>
       </c>
       <c r="B346" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="C346" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D346" t="s">
         <v>20</v>
       </c>
       <c r="E346" t="s">
         <v>21</v>
       </c>
       <c r="G346" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="H346" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="L346" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="347" spans="1:12">
       <c r="A347">
         <v>1899121</v>
       </c>
       <c r="B347" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="C347" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D347" t="s">
         <v>20</v>
       </c>
       <c r="E347" t="s">
         <v>198</v>
       </c>
       <c r="H347" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="L347" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="348" spans="1:12">
       <c r="A348">
         <v>1899122</v>
       </c>
       <c r="B348" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="C348" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="D348" t="s">
         <v>14</v>
       </c>
       <c r="G348" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="H348" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="L348" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="349" spans="1:12">
       <c r="A349">
         <v>1899124</v>
       </c>
       <c r="B349" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="C349" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="D349" t="s">
         <v>20</v>
       </c>
       <c r="E349" t="s">
         <v>21</v>
       </c>
       <c r="H349" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="L349" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="350" spans="1:12">
       <c r="A350">
         <v>1899125</v>
       </c>
       <c r="B350" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C350" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D350" t="s">
         <v>20</v>
       </c>
       <c r="E350" t="s">
         <v>21</v>
       </c>
       <c r="H350" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="L350" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="351" spans="1:12">
       <c r="A351">
         <v>1899129</v>
       </c>
       <c r="B351" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="C351" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="D351" t="s">
         <v>20</v>
       </c>
       <c r="E351" t="s">
         <v>21</v>
       </c>
       <c r="H351" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="L351" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352">
         <v>1899187</v>
       </c>
       <c r="B352" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="C352" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="D352" t="s">
         <v>20</v>
       </c>
       <c r="E352" t="s">
         <v>21</v>
       </c>
       <c r="H352" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="J352">
         <v>1899448</v>
       </c>
       <c r="K352" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="L352" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353">
         <v>1899233</v>
       </c>
       <c r="B353" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="C353" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="D353" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E353" t="s">
-        <v>793</v>
+        <v>1133</v>
       </c>
       <c r="H353" t="s">
-        <v>1132</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>1134</v>
       </c>
       <c r="L353" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354">
         <v>1899234</v>
       </c>
       <c r="B354" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D354" t="s">
+        <v>20</v>
+      </c>
+      <c r="E354" t="s">
         <v>1133</v>
       </c>
-      <c r="C354" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H354" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="L354" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355">
         <v>1899392</v>
       </c>
       <c r="B355" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C355" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="D355" t="s">
         <v>14</v>
       </c>
       <c r="G355" t="s">
         <v>814</v>
       </c>
       <c r="H355" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="L355" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356">
         <v>1899393</v>
       </c>
       <c r="B356" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="C356" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="D356" t="s">
         <v>20</v>
       </c>
       <c r="E356" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="H356" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="L356" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
         <v>1899402</v>
       </c>
       <c r="B357" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C357" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="D357" t="s">
         <v>26</v>
       </c>
       <c r="E357" t="s">
         <v>603</v>
       </c>
       <c r="H357" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="L357" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
         <v>1899431</v>
       </c>
       <c r="B358" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="C358" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="D358" t="s">
         <v>14</v>
       </c>
       <c r="G358" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="H358" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="L358" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="359" spans="1:12">
       <c r="A359">
         <v>1899439</v>
       </c>
       <c r="B359" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="C359" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="D359" t="s">
         <v>26</v>
       </c>
       <c r="E359" t="s">
         <v>27</v>
       </c>
       <c r="H359" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="L359" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="360" spans="1:12">
       <c r="A360">
         <v>1899443</v>
       </c>
       <c r="B360" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="C360" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="D360" t="s">
         <v>26</v>
       </c>
       <c r="E360" t="s">
         <v>27</v>
       </c>
       <c r="H360" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="L360" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="361" spans="1:12">
       <c r="A361">
         <v>1899448</v>
       </c>
       <c r="B361" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="C361" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="D361" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E361" t="s">
-        <v>1157</v>
+        <v>1133</v>
       </c>
       <c r="H361" t="s">
-        <v>1129</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>1130</v>
       </c>
       <c r="L361" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="362" spans="1:12">
       <c r="A362">
         <v>1899549</v>
       </c>
       <c r="B362" t="s">
         <v>1158</v>
       </c>
       <c r="C362" t="s">
         <v>1159</v>
       </c>
       <c r="D362" t="s">
         <v>26</v>
       </c>
       <c r="E362" t="s">
         <v>27</v>
       </c>
       <c r="H362" t="s">
         <v>1160</v>
       </c>
       <c r="L362" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="363" spans="1:12">
       <c r="A363">
         <v>1899588</v>
       </c>
       <c r="B363" t="s">
         <v>1161</v>
       </c>
       <c r="C363" t="s">
         <v>1162</v>
       </c>
       <c r="D363" t="s">
         <v>26</v>
       </c>
       <c r="E363" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="H363" t="s">
         <v>1163</v>
       </c>
       <c r="L363" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="364" spans="1:12">
       <c r="A364">
         <v>1899698</v>
       </c>
       <c r="B364" t="s">
         <v>1164</v>
       </c>
       <c r="C364" t="s">
         <v>1165</v>
       </c>
       <c r="D364" t="s">
         <v>26</v>
       </c>
       <c r="E364" t="s">
         <v>793</v>
       </c>
       <c r="H364" t="s">
@@ -15248,51 +15227,51 @@
       </c>
       <c r="E367" t="s">
         <v>21</v>
       </c>
       <c r="H367" t="s">
         <v>1175</v>
       </c>
       <c r="J367">
         <v>1895167</v>
       </c>
       <c r="K367" t="s">
         <v>141</v>
       </c>
       <c r="L367" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="368" spans="1:12">
       <c r="A368">
         <v>1899723</v>
       </c>
       <c r="B368" t="s">
         <v>1176</v>
       </c>
       <c r="C368" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D368" t="s">
         <v>20</v>
       </c>
       <c r="E368" t="s">
         <v>21</v>
       </c>
       <c r="H368" t="s">
         <v>1177</v>
       </c>
       <c r="L368" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="369" spans="1:12">
       <c r="A369">
         <v>1899728</v>
       </c>
       <c r="B369" t="s">
         <v>1178</v>
       </c>
       <c r="C369" t="s">
         <v>1179</v>
       </c>
       <c r="D369" t="s">
@@ -19203,53 +19182,50 @@
         <v>257</v>
       </c>
       <c r="L527" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="528" spans="1:12">
       <c r="A528">
         <v>1904885</v>
       </c>
       <c r="B528" t="s">
         <v>1640</v>
       </c>
       <c r="C528" t="s">
         <v>1641</v>
       </c>
       <c r="D528" t="s">
         <v>26</v>
       </c>
       <c r="E528" t="s">
         <v>603</v>
       </c>
       <c r="H528" t="s">
         <v>1642</v>
       </c>
-      <c r="I528" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L528" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="529" spans="1:12">
       <c r="A529">
         <v>1904892</v>
       </c>
       <c r="B529" t="s">
         <v>1643</v>
       </c>
       <c r="C529" t="s">
         <v>1644</v>
       </c>
       <c r="D529" t="s">
         <v>26</v>
       </c>
       <c r="E529" t="s">
         <v>27</v>
       </c>
       <c r="H529" t="s">
         <v>1645</v>
       </c>
       <c r="L529" t="s">
         <v>17</v>
@@ -19754,51 +19730,51 @@
       </c>
       <c r="G550" t="s">
         <v>1689</v>
       </c>
       <c r="H550" t="s">
         <v>1706</v>
       </c>
       <c r="L550" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="551" spans="1:12">
       <c r="A551">
         <v>1905309</v>
       </c>
       <c r="B551" t="s">
         <v>1707</v>
       </c>
       <c r="C551" t="s">
         <v>1708</v>
       </c>
       <c r="D551" t="s">
         <v>26</v>
       </c>
       <c r="E551" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="H551" t="s">
         <v>1709</v>
       </c>
       <c r="L551" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="552" spans="1:12">
       <c r="A552">
         <v>1905316</v>
       </c>
       <c r="B552" t="s">
         <v>1710</v>
       </c>
       <c r="C552" t="s">
         <v>1711</v>
       </c>
       <c r="D552" t="s">
         <v>26</v>
       </c>
       <c r="E552" t="s">
         <v>603</v>
       </c>
       <c r="H552" t="s">
@@ -19869,51 +19845,51 @@
       </c>
       <c r="E555" t="s">
         <v>21</v>
       </c>
       <c r="H555" t="s">
         <v>1721</v>
       </c>
       <c r="L555" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="556" spans="1:12">
       <c r="A556">
         <v>1905324</v>
       </c>
       <c r="B556" t="s">
         <v>1722</v>
       </c>
       <c r="C556" t="s">
         <v>1711</v>
       </c>
       <c r="D556" t="s">
         <v>26</v>
       </c>
       <c r="E556" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="H556" t="s">
         <v>1723</v>
       </c>
       <c r="L556" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="557" spans="1:12">
       <c r="A557">
         <v>1905325</v>
       </c>
       <c r="B557" t="s">
         <v>1724</v>
       </c>
       <c r="C557" t="s">
         <v>1725</v>
       </c>
       <c r="D557" t="s">
         <v>20</v>
       </c>
       <c r="E557" t="s">
         <v>21</v>
       </c>
       <c r="H557" t="s">
@@ -21125,53 +21101,50 @@
       <c r="K605" t="s">
         <v>399</v>
       </c>
       <c r="L605" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="606" spans="1:12">
       <c r="A606">
         <v>1907607</v>
       </c>
       <c r="B606" t="s">
         <v>1857</v>
       </c>
       <c r="C606" t="s">
         <v>1858</v>
       </c>
       <c r="D606" t="s">
         <v>26</v>
       </c>
       <c r="E606" t="s">
         <v>468</v>
       </c>
       <c r="H606" t="s">
         <v>1859</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="L606" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="607" spans="1:12">
       <c r="A607">
         <v>1907771</v>
       </c>
       <c r="B607" t="s">
         <v>1860</v>
       </c>
       <c r="C607" t="s">
         <v>1861</v>
       </c>
       <c r="D607" t="s">
         <v>20</v>
       </c>
       <c r="E607" t="s">
         <v>21</v>
       </c>
       <c r="H607" t="s">
         <v>1862</v>
       </c>
       <c r="J607">