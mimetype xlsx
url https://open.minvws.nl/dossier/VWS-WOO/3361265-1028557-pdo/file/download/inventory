--- v0 (2025-12-17)
+++ v1 (2026-03-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1350">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1354">
   <si>
     <t>Document ID</t>
   </si>
   <si>
     <t>Document naam</t>
   </si>
   <si>
     <t>Bestandsnaam</t>
   </si>
   <si>
     <t>Beoordeling</t>
   </si>
   <si>
     <t>Beoordelingsgrond</t>
   </si>
   <si>
     <t>Toelichting</t>
   </si>
   <si>
     <t>Publieke link</t>
   </si>
   <si>
     <t>Locatie document ID</t>
   </si>
   <si>
@@ -89,101 +89,104 @@
   <si>
     <t>Wob-deelbesluit aangaande Digitale Middelen over de periode november 2020</t>
   </si>
   <si>
     <t>VWS-WOO-09-1032030</t>
   </si>
   <si>
     <t>Re: FW: Volledige advies.. FW: Conceptadvies 85e OMT COVID-19</t>
   </si>
   <si>
     <t>10.2g</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032030</t>
   </si>
   <si>
     <t>VWS-WOO-09-1032035</t>
   </si>
   <si>
     <t>FW: [graag reactie] Triage testen binnen spoor 1</t>
   </si>
   <si>
     <t>Deels openbaar</t>
   </si>
   <si>
+    <t>5.1.2e</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032035</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032054</t>
+  </si>
+  <si>
+    <t>RE: reactie NCTV</t>
+  </si>
+  <si>
+    <t>10.2e;10.2g</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032054</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032061</t>
+  </si>
+  <si>
+    <t>Triage testen binnen spoor 1.docx</t>
+  </si>
+  <si>
+    <t>5.1.2i</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032061</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032062</t>
+  </si>
+  <si>
+    <t>Triage testen binnen spoor 1 (002)_-.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032062</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032064</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032064</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032065</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RE: osiris meldingen </t>
+  </si>
+  <si>
     <t>10.2e</t>
   </si>
   <si>
-    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032035</t>
-[...46 lines deleted...]
-  <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032065</t>
   </si>
   <si>
     <t>VWS-WOO-09-1032081</t>
   </si>
   <si>
     <t>RE: Antw: Werkwijze prio projecten concept v2</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032081</t>
   </si>
   <si>
     <t>VWS-WOO-09-1032083</t>
   </si>
   <si>
     <t>Werkwijze prio projecten concept v2.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032083</t>
   </si>
   <si>
     <t>VWS-WOO-09-1032097</t>
   </si>
   <si>
     <t>RIVM - - voor Infectieradar (door beide partijen ondertekend).pdf</t>
@@ -296,50 +299,53 @@
   <si>
     <t>VWS-WOO-09-1032170</t>
   </si>
   <si>
     <t>RE: covid-19 offertetekst</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032170</t>
   </si>
   <si>
     <t>VWS-WOO-09-1032171</t>
   </si>
   <si>
     <t>~ Weekly Update 6 November 2020.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032171</t>
   </si>
   <si>
     <t>VWS-WOO-09-1032172</t>
   </si>
   <si>
     <t>RE: Triage testen binnen spoor 1</t>
   </si>
   <si>
+    <t>5.1.2e;5.1.2h</t>
+  </si>
+  <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032172</t>
   </si>
   <si>
     <t>VWS-WOO-09-1032175</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032175</t>
   </si>
   <si>
     <t>VWS-WOO-09-1032183</t>
   </si>
   <si>
     <t>RE: [graag reactie] Triage testen binnen spoor 1</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032183</t>
   </si>
   <si>
     <t>VWS-WOO-09-1032201</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032201</t>
   </si>
   <si>
     <t>VWS-WOO-09-1032206</t>
@@ -1025,1283 +1031,1289 @@
   <si>
     <t>VWS-WOO-09-1032557</t>
   </si>
   <si>
     <t>CONCEPT inf@ct.V1 - 30-11-2020 - -_-.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032557</t>
   </si>
   <si>
     <t>VWS-WOO-09-1032558</t>
   </si>
   <si>
     <t>Sneltesten 20 nov 2020.pptx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032558</t>
   </si>
   <si>
     <t>VWS-WOO-09-1032559</t>
   </si>
   <si>
     <t>Notulen antigeen 24-11.docx</t>
   </si>
   <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032559</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032584</t>
+  </si>
+  <si>
+    <t>FW: Terugkoppeling - RIVM advies week 37 (vertrouwelijk)</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032584</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032585</t>
+  </si>
+  <si>
+    <t>FW: Heads up en extra urgente uitvraag voor weekTerugkoppeling - RIVM advies week 37 (vertrouwelijk)</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032585</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032586</t>
+  </si>
+  <si>
+    <t>201119 Concept Convenant Versterking Testketen_clean WJZ.docx</t>
+  </si>
+  <si>
+    <t>5.1.2i Concept</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032586</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032587</t>
+  </si>
+  <si>
+    <t>201117 Conceptversie Convenant testketen_clean.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032587</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032588</t>
+  </si>
+  <si>
+    <t>Betere info uit - tbv reisadvies</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032588</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032607</t>
+  </si>
+  <si>
+    <t>RE: Concept Beleidsrapportage nr. 8</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032607</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032608</t>
+  </si>
+  <si>
+    <t>201027 PIA coronadashboard V3.0 - Advies - als bijlage in de DPIA 02.11.2020.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032608</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032613</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RE: recenter onderzoek naar gedrag in corona tijd? </t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032613</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032615</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FW: recenter onderzoek naar gedrag in corona tijd? </t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032615</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032627</t>
+  </si>
+  <si>
+    <t>FW: Voorstel capaciteit BCO/coronamelder</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032627</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032631</t>
+  </si>
+  <si>
+    <t>RE: BR stukken vrijdag 6 november 2020</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032631</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032634</t>
+  </si>
+  <si>
+    <t>FW: Terugmelding CIB overleg</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032634</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032635</t>
+  </si>
+  <si>
+    <t>RE: cpt rapportage nr 8</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032635</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032636</t>
+  </si>
+  <si>
+    <t>RE: Terugmelding CIB overleg</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032636</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032643</t>
+  </si>
+  <si>
+    <t>RE: wijzinging LCI richtlijn per 1-12-2020</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032643</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032652</t>
+  </si>
+  <si>
+    <t>Aanpassing LCI richtlijn reizigers en app.27-11-2020.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032652</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032653</t>
+  </si>
+  <si>
+    <t>Samenvatting CGU Kennisintegratie Covid onderzoeken 031120.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032653</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032654</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032654</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032656</t>
+  </si>
+  <si>
+    <t>2020.11.23_03_Notulen SAG 5 oktober  2020_concept.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032656</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032658</t>
+  </si>
+  <si>
+    <t>2020.10.05_02_Notulen SAG 22 juni  2020_concept.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032658</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032664</t>
+  </si>
+  <si>
+    <t>20201113 LO Thema 1 fysiek_eindredv2.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032664</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032669</t>
+  </si>
+  <si>
+    <t xml:space="preserve">~:  </t>
+  </si>
+  <si>
+    <t>10.2a;10.2e</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032669</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032672</t>
+  </si>
+  <si>
+    <t>FW: Re:</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032672</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032725</t>
+  </si>
+  <si>
+    <t>RE: Verzoek voor reactie op concept convenant testketen</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032725</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032729</t>
+  </si>
+  <si>
+    <t>Re: Voorstel capaciteit BCO/coronamelder</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032729</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032762</t>
+  </si>
+  <si>
+    <t>Re: OMT stuk asymptomatische personen isolatiemaatregelen en Ctwaarde - graag jullie commentaar voor morgen 26-11 10:00</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032762</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032770</t>
+  </si>
+  <si>
+    <t>RE: inf@ct bericht</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032770</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032771</t>
+  </si>
+  <si>
+    <t>RE: de escalatie</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032771</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032788</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032788</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032791</t>
+  </si>
+  <si>
+    <t>RE: - projectvoorstel IZB2.0</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032791</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032811</t>
+  </si>
+  <si>
+    <t>RE: TEST: Inf@ct: COVID-19 (nieuw coronavirusinfectie) (78)</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032811</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032812</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032812</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032816</t>
+  </si>
+  <si>
+    <t>Re: nieuw beleid, nieuwe teksten voor Coronamelder-app</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032816</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032818</t>
+  </si>
+  <si>
+    <t>RE: Herziene bijlage Uitgangspunten Testbeleid en inzet zorgmedewerkers buiten het ziekenhuis</t>
+  </si>
+  <si>
+    <t>10.2e;10.2g;11.1, concept</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032818</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032820</t>
+  </si>
+  <si>
+    <t>FW: Marjolein CC email:</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032820</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032877</t>
+  </si>
+  <si>
+    <t>RE: feedback infographics v5</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032877</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032939</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RE: Review/check e-Magazine </t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032939</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032940</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032940</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032941</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032941</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032945</t>
+  </si>
+  <si>
+    <t xml:space="preserve">~:  Review/check e-Magazine </t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032945</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1032971</t>
+  </si>
+  <si>
+    <t>ab2020no.180.pdf</t>
+  </si>
+  <si>
+    <t>Reeds openbaar</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032971</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033012</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033012</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033018</t>
+  </si>
+  <si>
+    <t>SARS-CoV-2 PCR Ct-waarden 28102020_-.-.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033018</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033020</t>
+  </si>
+  <si>
+    <t>asymptomaten symptomaten isolatie en Ct waarden als toegevoegde waarde_25112020_v2.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033020</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033021</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033021</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033022</t>
+  </si>
+  <si>
+    <t>Evaluatieprotocol GGD Contact_0.1_-.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033022</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033024</t>
+  </si>
+  <si>
+    <t>asymptomaten symptomaten isolatie en Ct waarden als toegevoegde waarde_23112020_v1.-.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033024</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033025</t>
+  </si>
+  <si>
+    <t>Evaluatieprotocol GGD Contact_0.1_-_-.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033025</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033026</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033026</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033041</t>
+  </si>
+  <si>
+    <t>asymptomaten symptomaten isolatie en Ct waarden als toegevoegde waarde_23112020_v1.- - (002)_-.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033041</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033044</t>
+  </si>
+  <si>
+    <t>asymptomaten symptomaten isolatie en Ct waarden als toegevoegde waarde_23112020_v1.- - (002)_2.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033044</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033045</t>
+  </si>
+  <si>
+    <t>20201124 CoronaMelder - overzicht teksten asymptomatisch testen -_-.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033045</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033046</t>
+  </si>
+  <si>
+    <t>asymptomaten symptomaten isolatie en Ct waarden als toegevoegde waarde_23112020_v1.- -.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033046</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033047</t>
+  </si>
+  <si>
+    <t>20201124 CoronaMelder - overzicht teksten asymptomatisch testen -_-_-.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033047</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033048</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033048</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033049</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033049</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033050</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033050</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033051</t>
+  </si>
+  <si>
+    <t>20201124 CoronaMelder - overzicht teksten asymptomatisch testen -_- (002).docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033051</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033058</t>
+  </si>
+  <si>
+    <t>CONCEPT inf@ct.V1 - 30-11-2020 -_-.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033058</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033065</t>
+  </si>
+  <si>
+    <t>alg opm versie 4.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033065</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033066</t>
+  </si>
+  <si>
+    <t>Offerte COVID-07 Omgevingfactoren v1.doc</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033066</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033067</t>
+  </si>
+  <si>
+    <t>20201101 Concept e-magazine c-VTV afstemming - deel Zorg.pdf</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033067</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033070</t>
+  </si>
+  <si>
+    <t>asymptomaten symptomaten isolatie en Ct waarden als toegevoegde waarde_25112020_v2 (1) -.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033070</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033071</t>
+  </si>
+  <si>
+    <t>Offerte COVID-07 Omgevingfactoren_def1.pdf</t>
+  </si>
+  <si>
+    <t>5.1.1c;5.1.2b;5.1.2e</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033071</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033073</t>
+  </si>
+  <si>
+    <t>asymptomaten symptomaten isolatie en Ct waarden als toegevoegde waarde_25112020_v2-.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033073</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033092</t>
+  </si>
+  <si>
+    <t>Concept aanpassingen BCO protocol 26-11-2020 -.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033092</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033093</t>
+  </si>
+  <si>
+    <t>Instructies meldingsprocedure Vluchtcontactonderzoek GGD Kennemerland.pdf</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033093</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033095</t>
+  </si>
+  <si>
+    <t>Concept aanpassingen BCO protocol 27-11-2020.V4 LCI - 30 november.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033095</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033100</t>
+  </si>
+  <si>
+    <t>Beslisboom 12 jaar plus uit of thuis - -_-_RIVM.pdf</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033100</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033102</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033102</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033103</t>
+  </si>
+  <si>
+    <t>Aanpassing LCI richtlijn reizigers en app.1-12-2020.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033103</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033104</t>
+  </si>
+  <si>
+    <t>CONCEPT inf@ct.V2 - 30-11-2020.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033104</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033105</t>
+  </si>
+  <si>
+    <t>Concept aanpassingen BCO protocol 27-11-2020.V4.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033105</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033106</t>
+  </si>
+  <si>
+    <t>Concept aanpassingen BCO protocol 26-11-2020.V3.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033106</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033107</t>
+  </si>
+  <si>
+    <t>20201112 Proefvertaling Aanzet tot actie 3 proefvertalingen.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033107</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033108</t>
+  </si>
+  <si>
+    <t>20201102 Thema Zorg_kernboodschap 1_eindredv3 - schoon_v4_-_no_comm.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033108</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033109</t>
+  </si>
+  <si>
+    <t>20201102 Thema Zorg_kernboodschap3_eindred_v3 - schoon_v4_-_no_comm.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033109</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033110</t>
+  </si>
+  <si>
+    <t>20201102 Thema Zorg_kernboodschap2_eindred_v3 - schoon_v4_-_no_comm.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033110</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033114</t>
+  </si>
+  <si>
+    <t>Aanzet tot actie_-.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033114</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033115</t>
+  </si>
+  <si>
+    <t>20201102 Thema Zorg_kernboodschap 1_eindredv3 - schoon_v4_-_no_comm_-.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033115</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033156</t>
+  </si>
+  <si>
+    <t>00. Advies over concept Tijdelijk besluit Europese interoperabiliteitnotificatieapplicatie (tekenstuk).pdf</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033156</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033189</t>
+  </si>
+  <si>
+    <t>202011 Interne Evaluatie Teststraat.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033189</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033231</t>
+  </si>
+  <si>
+    <t>FW: Algemene tijdlijn en tijdlijn PBM zorg</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033231</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033236</t>
+  </si>
+  <si>
+    <t>RE: - informatie kinderen en scholen</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033236</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033238</t>
+  </si>
+  <si>
+    <t>Tijdlijn PBM zorg (2) - -_-.xlsx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033238</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033240</t>
+  </si>
+  <si>
+    <t>Tijdlijn PBM zorg (2) - -.xlsx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033240</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033243</t>
+  </si>
+  <si>
+    <t>mail voor artsen die deelnemen aan GGD overleg tbv inschaling</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033243</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033244</t>
+  </si>
+  <si>
+    <t>mail tekst GGD contactpersonen_-.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033244</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033245</t>
+  </si>
+  <si>
+    <t>mail tekst GGD contactpersonen .docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033245</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033260</t>
+  </si>
+  <si>
+    <t>20201028 Dossier Nota overleg Verpleeghuiszorg gehandicaptenbeleid(verkeerde spreekteksten).docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033260</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033266</t>
+  </si>
+  <si>
+    <t>20201030 Dossier Factsheets PGB tbv minister v0.5.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033266</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033272</t>
+  </si>
+  <si>
+    <t>20201101 Dossier B agenda pgb QA v0.5 rev -.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033272</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033276</t>
+  </si>
+  <si>
+    <t>20201106 Dossier B PGB2.0 - Q&amp;A v0.4.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033276</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033277</t>
+  </si>
+  <si>
+    <t>20201101 Dossier B agenda pgb Q&amp;A v0.5.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033277</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033803</t>
+  </si>
+  <si>
+    <t>20201103 Begroting CoronaCheck2_v06.xlsx</t>
+  </si>
+  <si>
+    <t>10.2b</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033803</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033812</t>
+  </si>
+  <si>
+    <t>20201103_CoronaCheck2_NZA vragen_v07.pdf</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033812</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033859</t>
+  </si>
+  <si>
+    <t>2. Verslag 27 oktober 2020.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033859</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033862</t>
+  </si>
+  <si>
+    <t>Bijlage 5_Input V&amp;VN Arboverpleegkundigen Taskforce COVID testen.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033862</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033863</t>
+  </si>
+  <si>
+    <t>Bijlage 3_Notitie Spoor 2 registratie testresultaten.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033863</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033866</t>
+  </si>
+  <si>
+    <t>Bijlage 1_201109 Notitie financiering aanvragers.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033866</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033867</t>
+  </si>
+  <si>
+    <t>201105_Actie en besluitenlijst.xlsx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033867</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033869</t>
+  </si>
+  <si>
+    <t>Bijlage 2_Vervolgnotitie Inkoop en Logistiek - Taskforce spoor 2 -09112020.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033869</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033872</t>
+  </si>
+  <si>
+    <t>Bijlage 4_Notitie aanbod arbodiensten.pdf</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033872</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033890</t>
+  </si>
+  <si>
+    <t>201113 Voortgang CoronaMelder brief 17 november -.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033890</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033921</t>
+  </si>
+  <si>
+    <t>4. 03112020_Memo IOWJZ 12112020_ICT-infrastructuur Beleids- enWetgevingsproces.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033921</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033932</t>
+  </si>
+  <si>
+    <t>4a Levende agenda update najaar 2020 definitief (nazending).pdf</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033932</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033934</t>
+  </si>
+  <si>
+    <t>20201111 Nota ter voorbereding Nota overleg 26 november -.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033934</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033949</t>
+  </si>
+  <si>
+    <t>PGB202011010 Dossier Factsheets PGB tbv minister v0.7.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033949</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033952</t>
+  </si>
+  <si>
+    <t>20201111 Dossier B agenda pgb QA v0.6.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033952</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033953</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033953</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1033956</t>
+  </si>
+  <si>
+    <t>20201111 Uitvoeringsplan testen COVID19 v2.pdf</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1033956</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034004</t>
+  </si>
+  <si>
+    <t>FW: Telemonitoring - project COVERED-NL</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034004</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FW: Coronacoachapp </t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034037</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034053</t>
+  </si>
+  <si>
+    <t>FW: nota coronacoachapp in Marjolein</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034053</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FW: Uitvraag nav Toezegging minister Van Ark tijdens AO gisteren voorvolgende covid kamerbrief </t>
+  </si>
+  <si>
+    <t>10.2e;buiten verzoek</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034079</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034081</t>
+  </si>
+  <si>
+    <t>Alle vragen met verdeling (compleet).docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034081</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034129</t>
+  </si>
+  <si>
+    <t>FW: Status Ondersteuning VWS-scenariogroep corona (Supercompact)</t>
+  </si>
+  <si>
+    <t>10.1d;10.2e;10.2g</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034129</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034165</t>
+  </si>
+  <si>
+    <t>RE: Agenda en stukken KUCG a.s. 10 nov 13-14.15 uur</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034165</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034168</t>
+  </si>
+  <si>
+    <t>RE: Niet ondertekende versie advies inzk. interoperabiliteitfederatieve gateway.</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034168</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034170</t>
+  </si>
+  <si>
+    <t>Concept Brief Gezondheidsraad.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034170</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034171</t>
+  </si>
+  <si>
+    <t>Passage Kamerbrief 17-11 Monitor Covid.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034171</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034172</t>
+  </si>
+  <si>
+    <t>Telemonitoring bij patiënten met Covid v2 (02NOV20) NL.pdf</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034172</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034174</t>
+  </si>
+  <si>
+    <t>COVID-19-strategie+voor+mensen+met+een+beperking+of+chronische+ziekte.pdf</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034174</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034178</t>
+  </si>
+  <si>
+    <t>COVERED-NL schets begroting -.pdf</t>
+  </si>
+  <si>
+    <t>10.1c</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034178</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034189</t>
+  </si>
+  <si>
+    <t>Coronaplein.nu  Ontwikkeling digitale blended care voor post coronapatienten DEF.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034189</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034197</t>
+  </si>
+  <si>
+    <t>Definitief concept - jaarfestival.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034197</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034198</t>
+  </si>
+  <si>
+    <t>def concept ZKN voor de tas.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034198</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034199</t>
+  </si>
+  <si>
+    <t>Def concept Videoboodschap Verpleegkundigen IGJ voor de tas.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034199</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034200</t>
+  </si>
+  <si>
+    <t>Definitief concept ECP jaarfestival voor de tas.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034200</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034203</t>
+  </si>
+  <si>
+    <t>Factsheet_mondelinge_vraag Storing - v2.1.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034203</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RE: Coronacoachappbeschikbaarheidsbijdragesoap. </t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034220</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034228</t>
+  </si>
+  <si>
+    <t>Prioritering maatregelen voor afschaling EZK_FIN_SZW.docx</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034228</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034249</t>
+  </si>
+  <si>
+    <t>RE: 201113 Voortgang CoronaMelder brief 17 november -</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034249</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034263</t>
+  </si>
+  <si>
+    <t>RE: Adviezen staatsgeheime en/of vertrouwelijke documenten</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034263</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034268</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RE: afstemmen opdrachten Stuurgroep Digitale ondersteuning testketenen Werkgroep Digitale ondersteuning testen vanuit burgerperspectief </t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034268</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034269</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034269</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034286</t>
+  </si>
+  <si>
+    <t>RE: Concept stuk afschalen maatregelen -</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034286</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034288</t>
+  </si>
+  <si>
+    <t>Re: Contact over idee uitslag coronatest naar huisarts</t>
+  </si>
+  <si>
+    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034288</t>
+  </si>
+  <si>
+    <t>VWS-WOO-09-1034296</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RE: Coronacoachapp </t>
+  </si>
+  <si>
     <t>10.2b;10.2e</t>
   </si>
   <si>
-    <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1032559</t>
-[...1228 lines deleted...]
-  <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034296</t>
   </si>
   <si>
     <t>VWS-WOO-09-1034345</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034345</t>
   </si>
   <si>
     <t>VWS-WOO-09-1034346</t>
   </si>
   <si>
     <t>RE: Opdracht aan G-</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034346</t>
   </si>
   <si>
     <t>VWS-WOO-09-1034353</t>
   </si>
   <si>
     <t>RE: Paragraaf publiekscommunicatie voor kamerbrief</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034353</t>
@@ -2594,50 +2606,53 @@
   <si>
     <t>VWS-WOO-09-1034618</t>
   </si>
   <si>
     <t>Bijlage - PIA stroomschema dataverwerking.pdf</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034618</t>
   </si>
   <si>
     <t>VWS-WOO-09-1034622</t>
   </si>
   <si>
     <t>Def Opdrachtbrief NICE op gemeenteniveau.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034622</t>
   </si>
   <si>
     <t>VWS-WOO-09-1034632</t>
   </si>
   <si>
     <t>2. DOMUS-20214806-v1-Conceptverslag_voorjaarsoverleg_-.docx</t>
   </si>
   <si>
+    <t>5.1.2e;buiten verzoek</t>
+  </si>
+  <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034632</t>
   </si>
   <si>
     <t>VWS-WOO-09-1034638</t>
   </si>
   <si>
     <t>201110 ADDENDUM -_0.3.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034638</t>
   </si>
   <si>
     <t>VWS-WOO-09-1034640</t>
   </si>
   <si>
     <t>201114 Concept voortgang CoronaMelder brief 17 november versie 14-11v0.5.docx</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1034640</t>
   </si>
   <si>
     <t>VWS-WOO-09-1034641</t>
   </si>
   <si>
     <t>Bijlage 3 20201029 - begroting opschaling naar 4100 fte - gedeeld metVWS.pdf</t>
@@ -3744,53 +3759,50 @@
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1035511</t>
   </si>
   <si>
     <t>VWS-WOO-09-1035563</t>
   </si>
   <si>
     <t>FW: Korte aantekeningen vergadering commissie Volksgezondheid,Welzijn en Sport (VWS) van 10 november 2020 (Eerste Kamer)</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1035563</t>
   </si>
   <si>
     <t>VWS-WOO-09-1035638</t>
   </si>
   <si>
     <t>RE: Stuk input steunpakket in TK brief</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1035638</t>
   </si>
   <si>
     <t>VWS-WOO-09-1035649</t>
   </si>
   <si>
     <t>RE: ter info: Spoedverzoek VWS vragen over quarantaine - Deadlinewoensdag 11 november 10h</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.2a;10.2e;11.1, concept</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1035649</t>
   </si>
   <si>
     <t>VWS-WOO-09-1035651</t>
   </si>
   <si>
     <t>RE: Ter info: monitor Covid-19-strategie mensen met een beperking,rapportage 1</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1035651</t>
   </si>
   <si>
     <t>VWS-WOO-09-1035653</t>
   </si>
   <si>
     <t>RE: vraag duur quarantaine na negatieve testuitslag</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3361265-1028557-pdo/document/VWS-WOO-09-1035653</t>
   </si>
   <si>
     <t>VWS-WOO-09-1035664</t>
   </si>
@@ -4520,10415 +4532,10301 @@
         <v>21</v>
       </c>
       <c r="L3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
         <v>1032035</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
         <v>1032054</v>
       </c>
       <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="L5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
         <v>1032061</v>
       </c>
       <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
         <v>32</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="L6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7">
         <v>1032062</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="H7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="L7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
         <v>1032064</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="H8" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="L8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
         <v>1032065</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
         <v>1032081</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D10" t="s">
         <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
         <v>1032083</v>
       </c>
       <c r="B11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
         <v>1032097</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D12" t="s">
         <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L12" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
         <v>1032099</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="H13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
         <v>1032109</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="H14" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="L14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
         <v>1032110</v>
       </c>
       <c r="B15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D15" t="s">
         <v>14</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="H15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L15" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
         <v>1032112</v>
       </c>
       <c r="B16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C16" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D16" t="s">
         <v>14</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="H16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
         <v>1032117</v>
       </c>
       <c r="B17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" t="s">
         <v>24</v>
       </c>
       <c r="E17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H17" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L17" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
         <v>1032118</v>
       </c>
       <c r="B18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C18" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D18" t="s">
         <v>14</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="H18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L18" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
         <v>1032119</v>
       </c>
       <c r="B19" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C19" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D19" t="s">
         <v>24</v>
       </c>
       <c r="E19" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L19" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
         <v>1032129</v>
       </c>
       <c r="B20" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C20" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D20" t="s">
         <v>24</v>
       </c>
       <c r="E20" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H20" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L20" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
         <v>1032131</v>
       </c>
       <c r="B21" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C21" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D21" t="s">
         <v>24</v>
       </c>
       <c r="E21" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H21" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="L21" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
         <v>1032161</v>
       </c>
       <c r="B22" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C22" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D22" t="s">
         <v>24</v>
       </c>
       <c r="E22" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H22" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L22" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
         <v>1032169</v>
       </c>
       <c r="B23" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C23" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D23" t="s">
         <v>14</v>
       </c>
       <c r="E23" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H23" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L23" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
         <v>1032170</v>
       </c>
       <c r="B24" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C24" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D24" t="s">
         <v>24</v>
       </c>
       <c r="E24" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H24" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L24" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
         <v>1032171</v>
       </c>
       <c r="B25" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C25" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D25" t="s">
         <v>14</v>
       </c>
       <c r="E25" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H25" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L25" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
         <v>1032172</v>
       </c>
       <c r="B26" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C26" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D26" t="s">
         <v>24</v>
       </c>
       <c r="E26" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="H26" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="L26" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
         <v>1032175</v>
       </c>
       <c r="B27" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C27" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D27" t="s">
         <v>24</v>
       </c>
       <c r="E27" t="s">
         <v>25</v>
       </c>
       <c r="H27" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="L27" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
         <v>1032183</v>
       </c>
       <c r="B28" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C28" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D28" t="s">
         <v>24</v>
       </c>
       <c r="E28" t="s">
         <v>25</v>
       </c>
       <c r="H28" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>101</v>
       </c>
       <c r="L28" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
         <v>1032201</v>
       </c>
       <c r="B29" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C29" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D29" t="s">
         <v>24</v>
       </c>
       <c r="E29" t="s">
-        <v>66</v>
+        <v>25</v>
       </c>
       <c r="H29" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>103</v>
       </c>
       <c r="L29" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
         <v>1032206</v>
       </c>
       <c r="B30" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C30" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D30" t="s">
         <v>14</v>
       </c>
       <c r="E30" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="H30" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>106</v>
       </c>
       <c r="L30" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
         <v>1032207</v>
       </c>
       <c r="B31" t="s">
+        <v>107</v>
+      </c>
+      <c r="C31" t="s">
         <v>105</v>
       </c>
-      <c r="C31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" t="s">
         <v>14</v>
       </c>
       <c r="E31" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="H31" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="L31" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
         <v>1032208</v>
       </c>
       <c r="B32" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C32" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D32" t="s">
         <v>14</v>
       </c>
       <c r="E32" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="H32" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>111</v>
       </c>
       <c r="L32" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
         <v>1032209</v>
       </c>
       <c r="B33" t="s">
+        <v>112</v>
+      </c>
+      <c r="C33" t="s">
         <v>110</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
         <v>14</v>
       </c>
       <c r="E33" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="H33" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="L33" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
         <v>1032210</v>
       </c>
       <c r="B34" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C34" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D34" t="s">
         <v>14</v>
       </c>
       <c r="E34" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="H34" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>115</v>
       </c>
       <c r="L34" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
         <v>1032217</v>
       </c>
       <c r="B35" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C35" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D35" t="s">
         <v>24</v>
       </c>
       <c r="E35" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H35" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="L35" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
         <v>1032220</v>
       </c>
       <c r="B36" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C36" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D36" t="s">
         <v>24</v>
       </c>
       <c r="E36" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H36" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="L36" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
         <v>1032229</v>
       </c>
       <c r="B37" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C37" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D37" t="s">
         <v>24</v>
       </c>
       <c r="E37" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H37" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="L37" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
         <v>1032232</v>
       </c>
       <c r="B38" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C38" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D38" t="s">
         <v>14</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="H38" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="L38" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
         <v>1032236</v>
       </c>
       <c r="B39" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C39" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D39" t="s">
         <v>24</v>
       </c>
       <c r="E39" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H39" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="L39" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
         <v>1032237</v>
       </c>
       <c r="B40" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C40" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D40" t="s">
         <v>24</v>
       </c>
       <c r="E40" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H40" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="L40" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
         <v>1032240</v>
       </c>
       <c r="B41" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C41" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D41" t="s">
         <v>24</v>
       </c>
       <c r="E41" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H41" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="L41" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
         <v>1032241</v>
       </c>
       <c r="B42" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C42" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D42" t="s">
         <v>24</v>
       </c>
       <c r="E42" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H42" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="L42" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
         <v>1032245</v>
       </c>
       <c r="B43" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C43" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D43" t="s">
         <v>24</v>
       </c>
       <c r="E43" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H43" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="L43" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
         <v>1032249</v>
       </c>
       <c r="B44" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C44" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D44" t="s">
         <v>24</v>
       </c>
       <c r="E44" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H44" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="L44" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
         <v>1032254</v>
       </c>
       <c r="B45" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C45" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D45" t="s">
         <v>24</v>
       </c>
       <c r="E45" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H45" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="L45" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
         <v>1032268</v>
       </c>
       <c r="B46" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C46" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D46" t="s">
         <v>24</v>
       </c>
       <c r="E46" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H46" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="L46" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
         <v>1032269</v>
       </c>
       <c r="B47" t="s">
+        <v>152</v>
+      </c>
+      <c r="C47" t="s">
         <v>150</v>
       </c>
-      <c r="C47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
         <v>24</v>
       </c>
       <c r="E47" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H47" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="L47" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
         <v>1032281</v>
       </c>
       <c r="B48" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C48" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D48" t="s">
         <v>14</v>
       </c>
       <c r="E48" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="H48" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="L48" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
         <v>1032283</v>
       </c>
       <c r="B49" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C49" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D49" t="s">
         <v>14</v>
       </c>
       <c r="E49" t="s">
         <v>15</v>
       </c>
       <c r="H49" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="L49" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
         <v>1032284</v>
       </c>
       <c r="B50" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C50" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D50" t="s">
         <v>14</v>
       </c>
       <c r="E50" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="H50" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>161</v>
       </c>
       <c r="L50" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
         <v>1032285</v>
       </c>
       <c r="B51" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C51" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D51" t="s">
         <v>14</v>
       </c>
       <c r="E51" t="s">
         <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="L51" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
         <v>1032286</v>
       </c>
       <c r="B52" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C52" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D52" t="s">
         <v>14</v>
       </c>
       <c r="E52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="L52" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
         <v>1032287</v>
       </c>
       <c r="B53" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C53" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D53" t="s">
         <v>14</v>
       </c>
       <c r="E53" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="H53" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>170</v>
       </c>
       <c r="L53" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
         <v>1032288</v>
       </c>
       <c r="B54" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C54" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D54" t="s">
         <v>14</v>
       </c>
       <c r="E54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="L54" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
         <v>1032289</v>
       </c>
       <c r="B55" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C55" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D55" t="s">
         <v>14</v>
       </c>
       <c r="E55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="L55" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
         <v>1032290</v>
       </c>
       <c r="B56" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C56" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D56" t="s">
         <v>14</v>
       </c>
       <c r="E56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="L56" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
         <v>1032291</v>
       </c>
       <c r="B57" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C57" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D57" t="s">
         <v>14</v>
       </c>
       <c r="E57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="L57" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
         <v>1032292</v>
       </c>
       <c r="B58" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C58" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D58" t="s">
         <v>14</v>
       </c>
       <c r="E58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="L58" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
         <v>1032293</v>
       </c>
       <c r="B59" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C59" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D59" t="s">
         <v>14</v>
       </c>
       <c r="E59" t="s">
         <v>15</v>
       </c>
       <c r="H59" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="L59" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
         <v>1032294</v>
       </c>
       <c r="B60" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C60" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D60" t="s">
         <v>24</v>
       </c>
       <c r="E60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="L60" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
         <v>1032364</v>
       </c>
       <c r="B61" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C61" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D61" t="s">
         <v>14</v>
       </c>
       <c r="E61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="L61" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
         <v>1032365</v>
       </c>
       <c r="B62" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C62" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D62" t="s">
         <v>14</v>
       </c>
       <c r="E62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="L62" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
         <v>1032366</v>
       </c>
       <c r="B63" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C63" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D63" t="s">
         <v>14</v>
       </c>
       <c r="E63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="L63" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
         <v>1032367</v>
       </c>
       <c r="B64" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C64" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D64" t="s">
         <v>14</v>
       </c>
       <c r="E64" t="s">
         <v>15</v>
       </c>
       <c r="H64" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="L64" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
         <v>1032368</v>
       </c>
       <c r="B65" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C65" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D65" t="s">
         <v>14</v>
       </c>
       <c r="E65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="L65" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
         <v>1032369</v>
       </c>
       <c r="B66" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C66" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D66" t="s">
         <v>14</v>
       </c>
       <c r="E66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="L66" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
         <v>1032370</v>
       </c>
       <c r="B67" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C67" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D67" t="s">
         <v>14</v>
       </c>
       <c r="E67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="L67" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
         <v>1032371</v>
       </c>
       <c r="B68" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C68" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D68" t="s">
         <v>14</v>
       </c>
       <c r="E68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="L68" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
         <v>1032372</v>
       </c>
       <c r="B69" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C69" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D69" t="s">
         <v>14</v>
       </c>
       <c r="E69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="L69" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
         <v>1032373</v>
       </c>
       <c r="B70" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C70" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D70" t="s">
         <v>24</v>
       </c>
       <c r="E70" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H70" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="L70" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
         <v>1032374</v>
       </c>
       <c r="B71" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C71" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D71" t="s">
         <v>24</v>
       </c>
       <c r="E71" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H71" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="L71" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
         <v>1032378</v>
       </c>
       <c r="B72" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C72" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D72" t="s">
         <v>14</v>
       </c>
       <c r="E72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="L72" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
         <v>1032379</v>
       </c>
       <c r="B73" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C73" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D73" t="s">
         <v>14</v>
       </c>
       <c r="E73" t="s">
         <v>15</v>
       </c>
       <c r="H73" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="L73" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
         <v>1032380</v>
       </c>
       <c r="B74" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C74" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D74" t="s">
         <v>14</v>
       </c>
       <c r="E74" t="s">
         <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="L74" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
         <v>1032382</v>
       </c>
       <c r="B75" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C75" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D75" t="s">
         <v>24</v>
       </c>
       <c r="E75" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H75" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="L75" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
         <v>1032391</v>
       </c>
       <c r="B76" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C76" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D76" t="s">
         <v>24</v>
       </c>
       <c r="E76" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H76" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="L76" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
         <v>1032396</v>
       </c>
       <c r="B77" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C77" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D77" t="s">
         <v>14</v>
       </c>
       <c r="E77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="L77" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
         <v>1032399</v>
       </c>
       <c r="B78" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C78" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D78" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H78" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="L78" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
         <v>1032443</v>
       </c>
       <c r="B79" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C79" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D79" t="s">
         <v>14</v>
       </c>
       <c r="E79" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H79" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="L79" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
         <v>1032444</v>
       </c>
       <c r="B80" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C80" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D80" t="s">
         <v>14</v>
       </c>
       <c r="E80" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H80" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="L80" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
         <v>1032446</v>
       </c>
       <c r="B81" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C81" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D81" t="s">
         <v>14</v>
       </c>
       <c r="E81" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H81" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="L81" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
         <v>1032447</v>
       </c>
       <c r="B82" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C82" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D82" t="s">
         <v>14</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="H82" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="L82" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
         <v>1032448</v>
       </c>
       <c r="B83" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C83" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D83" t="s">
         <v>14</v>
       </c>
       <c r="E83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="L83" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
         <v>1032451</v>
       </c>
       <c r="B84" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C84" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="D84" t="s">
         <v>24</v>
       </c>
       <c r="E84" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H84" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="L84" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
         <v>1032453</v>
       </c>
       <c r="B85" t="s">
+        <v>262</v>
+      </c>
+      <c r="C85" t="s">
         <v>260</v>
       </c>
-      <c r="C85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D85" t="s">
         <v>24</v>
       </c>
       <c r="E85" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H85" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="L85" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
         <v>1032464</v>
       </c>
       <c r="B86" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C86" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D86" t="s">
         <v>14</v>
       </c>
       <c r="E86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="L86" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
         <v>1032469</v>
       </c>
       <c r="B87" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C87" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D87" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H87" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="L87" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
         <v>1032473</v>
       </c>
       <c r="B88" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C88" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D88" t="s">
         <v>14</v>
       </c>
       <c r="E88" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H88" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="L88" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
         <v>1032474</v>
       </c>
       <c r="B89" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C89" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D89" t="s">
         <v>14</v>
       </c>
       <c r="E89" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H89" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="L89" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
         <v>1032476</v>
       </c>
       <c r="B90" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C90" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D90" t="s">
         <v>14</v>
       </c>
       <c r="E90" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H90" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="L90" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
         <v>1032478</v>
       </c>
       <c r="B91" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C91" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D91" t="s">
         <v>14</v>
       </c>
       <c r="E91" t="s">
         <v>15</v>
       </c>
       <c r="H91" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="L91" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
         <v>1032479</v>
       </c>
       <c r="B92" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C92" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D92" t="s">
         <v>14</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="H92" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="L92" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
         <v>1032480</v>
       </c>
       <c r="B93" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C93" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D93" t="s">
         <v>14</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="H93" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="L93" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
         <v>1032481</v>
       </c>
       <c r="B94" t="s">
+        <v>288</v>
+      </c>
+      <c r="C94" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="D94" t="s">
         <v>14</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="H94" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="L94" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
         <v>1032482</v>
       </c>
       <c r="B95" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C95" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D95" t="s">
         <v>24</v>
       </c>
       <c r="E95" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H95" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="L95" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
         <v>1032484</v>
       </c>
       <c r="B96" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C96" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D96" t="s">
         <v>24</v>
       </c>
       <c r="E96" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H96" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="L96" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
         <v>1032491</v>
       </c>
       <c r="B97" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C97" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D97" t="s">
         <v>24</v>
       </c>
       <c r="E97" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H97" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="L97" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
         <v>1032494</v>
       </c>
       <c r="B98" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C98" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D98" t="s">
         <v>24</v>
       </c>
       <c r="E98" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H98" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="L98" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
         <v>1032497</v>
       </c>
       <c r="B99" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C99" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D99" t="s">
         <v>24</v>
       </c>
       <c r="E99" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H99" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="L99" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
         <v>1032514</v>
       </c>
       <c r="B100" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C100" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D100" t="s">
         <v>14</v>
       </c>
       <c r="E100" t="s">
         <v>15</v>
       </c>
       <c r="H100" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="L100" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
         <v>1032516</v>
       </c>
       <c r="B101" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C101" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D101" t="s">
         <v>14</v>
       </c>
       <c r="E101" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H101" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="L101" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
         <v>1032518</v>
       </c>
       <c r="B102" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C102" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D102" t="s">
         <v>14</v>
       </c>
       <c r="E102" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H102" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="L102" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
         <v>1032521</v>
       </c>
       <c r="B103" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C103" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D103" t="s">
         <v>24</v>
       </c>
       <c r="E103" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H103" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="L103" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
         <v>1032526</v>
       </c>
       <c r="B104" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C104" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D104" t="s">
         <v>24</v>
       </c>
       <c r="E104" t="s">
         <v>25</v>
       </c>
       <c r="H104" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>317</v>
       </c>
       <c r="L104" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
         <v>1032528</v>
       </c>
       <c r="B105" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C105" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D105" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H105" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>320</v>
       </c>
       <c r="L105" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
         <v>1032533</v>
       </c>
       <c r="B106" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C106" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D106" t="s">
         <v>24</v>
       </c>
       <c r="E106" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H106" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="L106" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
         <v>1032537</v>
       </c>
       <c r="B107" t="s">
+        <v>324</v>
+      </c>
+      <c r="C107" t="s">
         <v>322</v>
       </c>
-      <c r="C107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D107" t="s">
         <v>24</v>
       </c>
       <c r="E107" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H107" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="L107" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
         <v>1032543</v>
       </c>
       <c r="B108" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C108" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D108" t="s">
         <v>24</v>
       </c>
       <c r="E108" t="s">
         <v>25</v>
       </c>
       <c r="H108" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>327</v>
       </c>
       <c r="L108" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
         <v>1032548</v>
       </c>
       <c r="B109" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C109" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D109" t="s">
         <v>14</v>
       </c>
       <c r="E109" t="s">
         <v>15</v>
       </c>
       <c r="H109" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="L109" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
         <v>1032557</v>
       </c>
       <c r="B110" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C110" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D110" t="s">
         <v>14</v>
       </c>
       <c r="E110" t="s">
         <v>15</v>
       </c>
       <c r="H110" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="L110" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
         <v>1032558</v>
       </c>
       <c r="B111" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C111" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D111" t="s">
         <v>24</v>
       </c>
       <c r="E111" t="s">
         <v>25</v>
       </c>
       <c r="H111" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>336</v>
       </c>
       <c r="L111" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
         <v>1032559</v>
       </c>
       <c r="B112" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C112" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D112" t="s">
         <v>24</v>
       </c>
       <c r="E112" t="s">
-        <v>337</v>
+        <v>25</v>
       </c>
       <c r="H112" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>339</v>
       </c>
       <c r="L112" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
         <v>1032584</v>
       </c>
       <c r="B113" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C113" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D113" t="s">
         <v>14</v>
       </c>
       <c r="E113" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H113" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="L113" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
         <v>1032585</v>
       </c>
       <c r="B114" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C114" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D114" t="s">
         <v>14</v>
       </c>
       <c r="E114" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H114" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="L114" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
         <v>1032586</v>
       </c>
       <c r="B115" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C115" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D115" t="s">
         <v>14</v>
       </c>
       <c r="E115" t="s">
-        <v>15</v>
+        <v>348</v>
       </c>
       <c r="H115" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>349</v>
       </c>
       <c r="L115" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
         <v>1032587</v>
       </c>
       <c r="B116" t="s">
+        <v>350</v>
+      </c>
+      <c r="C116" t="s">
+        <v>351</v>
+      </c>
+      <c r="D116" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" t="s">
         <v>348</v>
       </c>
-      <c r="C116" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H116" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>352</v>
       </c>
       <c r="L116" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
         <v>1032588</v>
       </c>
       <c r="B117" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C117" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D117" t="s">
         <v>14</v>
       </c>
       <c r="E117" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H117" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="L117" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
         <v>1032607</v>
       </c>
       <c r="B118" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C118" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="D118" t="s">
         <v>24</v>
       </c>
       <c r="E118" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H118" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="L118" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
         <v>1032608</v>
       </c>
       <c r="B119" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C119" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D119" t="s">
         <v>14</v>
       </c>
       <c r="E119" t="s">
         <v>15</v>
       </c>
       <c r="H119" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="L119" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
         <v>1032613</v>
       </c>
       <c r="B120" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C120" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D120" t="s">
         <v>24</v>
       </c>
       <c r="E120" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H120" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="L120" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
         <v>1032615</v>
       </c>
       <c r="B121" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C121" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D121" t="s">
         <v>24</v>
       </c>
       <c r="E121" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H121" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="L121" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
         <v>1032627</v>
       </c>
       <c r="B122" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C122" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D122" t="s">
         <v>24</v>
       </c>
       <c r="E122" t="s">
         <v>25</v>
       </c>
       <c r="H122" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>370</v>
       </c>
       <c r="L122" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
         <v>1032631</v>
       </c>
       <c r="B123" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C123" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="D123" t="s">
         <v>24</v>
       </c>
       <c r="E123" t="s">
         <v>25</v>
       </c>
       <c r="H123" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>373</v>
       </c>
       <c r="L123" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
         <v>1032634</v>
       </c>
       <c r="B124" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C124" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D124" t="s">
         <v>24</v>
       </c>
       <c r="E124" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H124" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="L124" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
         <v>1032635</v>
       </c>
       <c r="B125" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C125" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D125" t="s">
         <v>24</v>
       </c>
       <c r="E125" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H125" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="L125" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
         <v>1032636</v>
       </c>
       <c r="B126" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C126" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D126" t="s">
         <v>24</v>
       </c>
       <c r="E126" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H126" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="L126" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
         <v>1032643</v>
       </c>
       <c r="B127" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C127" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D127" t="s">
         <v>24</v>
       </c>
       <c r="E127" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H127" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="L127" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
         <v>1032652</v>
       </c>
       <c r="B128" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C128" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D128" t="s">
         <v>14</v>
       </c>
       <c r="E128" t="s">
         <v>15</v>
       </c>
       <c r="H128" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="L128" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
         <v>1032653</v>
       </c>
       <c r="B129" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C129" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D129" t="s">
         <v>14</v>
       </c>
       <c r="E129" t="s">
         <v>15</v>
       </c>
       <c r="H129" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="L129" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
         <v>1032654</v>
       </c>
       <c r="B130" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C130" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D130" t="s">
         <v>14</v>
       </c>
       <c r="E130" t="s">
         <v>15</v>
       </c>
       <c r="H130" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="L130" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
         <v>1032656</v>
       </c>
       <c r="B131" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C131" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="D131" t="s">
         <v>14</v>
       </c>
       <c r="E131" t="s">
         <v>15</v>
       </c>
       <c r="H131" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="L131" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
         <v>1032658</v>
       </c>
       <c r="B132" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C132" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D132" t="s">
         <v>14</v>
       </c>
       <c r="E132" t="s">
         <v>15</v>
       </c>
       <c r="H132" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="L132" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
         <v>1032664</v>
       </c>
       <c r="B133" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C133" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D133" t="s">
         <v>14</v>
       </c>
       <c r="E133" t="s">
-        <v>15</v>
+        <v>348</v>
       </c>
       <c r="H133" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>402</v>
       </c>
       <c r="L133" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
         <v>1032669</v>
       </c>
       <c r="B134" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C134" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D134" t="s">
         <v>24</v>
       </c>
       <c r="E134" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="H134" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="L134" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
         <v>1032672</v>
       </c>
       <c r="B135" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C135" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D135" t="s">
         <v>24</v>
       </c>
       <c r="E135" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H135" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="L135" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
         <v>1032725</v>
       </c>
       <c r="B136" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C136" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D136" t="s">
         <v>24</v>
       </c>
       <c r="E136" t="s">
         <v>25</v>
       </c>
       <c r="H136" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>412</v>
       </c>
       <c r="L136" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
         <v>1032729</v>
       </c>
       <c r="B137" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C137" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D137" t="s">
         <v>24</v>
       </c>
       <c r="E137" t="s">
         <v>25</v>
       </c>
       <c r="H137" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>415</v>
       </c>
       <c r="L137" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
         <v>1032762</v>
       </c>
       <c r="B138" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="C138" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D138" t="s">
         <v>14</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="H138" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="L138" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
         <v>1032770</v>
       </c>
       <c r="B139" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C139" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D139" t="s">
         <v>24</v>
       </c>
       <c r="E139" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H139" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="L139" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
         <v>1032771</v>
       </c>
       <c r="B140" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C140" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D140" t="s">
         <v>24</v>
       </c>
       <c r="E140" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H140" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="L140" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
         <v>1032788</v>
       </c>
       <c r="B141" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C141" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D141" t="s">
         <v>14</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="H141" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="L141" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
         <v>1032791</v>
       </c>
       <c r="B142" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C142" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D142" t="s">
         <v>24</v>
       </c>
       <c r="E142" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H142" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="L142" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
         <v>1032811</v>
       </c>
       <c r="B143" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C143" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D143" t="s">
         <v>14</v>
       </c>
       <c r="E143" t="s">
         <v>15</v>
       </c>
       <c r="H143" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="L143" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
         <v>1032812</v>
       </c>
       <c r="B144" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C144" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D144" t="s">
         <v>24</v>
       </c>
       <c r="E144" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H144" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="L144" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
         <v>1032816</v>
       </c>
       <c r="B145" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C145" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D145" t="s">
         <v>24</v>
       </c>
       <c r="E145" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H145" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="L145" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
         <v>1032818</v>
       </c>
       <c r="B146" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C146" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D146" t="s">
         <v>24</v>
       </c>
       <c r="E146" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="H146" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="L146" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
         <v>1032820</v>
       </c>
       <c r="B147" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C147" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D147" t="s">
         <v>24</v>
       </c>
       <c r="E147" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H147" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="L147" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
         <v>1032877</v>
       </c>
       <c r="B148" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C148" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D148" t="s">
         <v>24</v>
       </c>
       <c r="E148" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H148" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="L148" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
         <v>1032939</v>
       </c>
       <c r="B149" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C149" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D149" t="s">
         <v>24</v>
       </c>
       <c r="E149" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H149" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="L149" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
         <v>1032940</v>
       </c>
       <c r="B150" t="s">
+        <v>451</v>
+      </c>
+      <c r="C150" t="s">
         <v>449</v>
       </c>
-      <c r="C150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D150" t="s">
         <v>24</v>
       </c>
       <c r="E150" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H150" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="L150" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151">
         <v>1032941</v>
       </c>
       <c r="B151" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C151" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D151" t="s">
         <v>24</v>
       </c>
       <c r="E151" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H151" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="L151" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152">
         <v>1032945</v>
       </c>
       <c r="B152" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C152" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D152" t="s">
         <v>24</v>
       </c>
       <c r="E152" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H152" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="L152" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153">
         <v>1032971</v>
       </c>
       <c r="B153" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C153" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D153" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H153" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="L153" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154">
         <v>1033012</v>
       </c>
       <c r="B154" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C154" t="s">
+        <v>32</v>
+      </c>
+      <c r="D154" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" t="s">
         <v>33</v>
       </c>
-      <c r="D154" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H154" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>463</v>
       </c>
       <c r="L154" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155">
         <v>1033018</v>
       </c>
       <c r="B155" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C155" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D155" t="s">
         <v>14</v>
       </c>
       <c r="E155" t="s">
         <v>15</v>
       </c>
       <c r="H155" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="L155" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156">
         <v>1033020</v>
       </c>
       <c r="B156" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C156" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D156" t="s">
         <v>14</v>
       </c>
       <c r="E156" t="s">
         <v>15</v>
       </c>
       <c r="H156" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="L156" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157">
         <v>1033021</v>
       </c>
       <c r="B157" t="s">
+        <v>470</v>
+      </c>
+      <c r="C157" t="s">
         <v>468</v>
       </c>
-      <c r="C157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D157" t="s">
         <v>14</v>
       </c>
       <c r="E157" t="s">
         <v>15</v>
       </c>
       <c r="H157" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="L157" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158">
         <v>1033022</v>
       </c>
       <c r="B158" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C158" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D158" t="s">
         <v>14</v>
       </c>
       <c r="E158" t="s">
         <v>15</v>
       </c>
       <c r="H158" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="L158" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159">
         <v>1033024</v>
       </c>
       <c r="B159" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C159" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D159" t="s">
         <v>14</v>
       </c>
       <c r="E159" t="s">
         <v>15</v>
       </c>
       <c r="H159" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="L159" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160">
         <v>1033025</v>
       </c>
       <c r="B160" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C160" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D160" t="s">
         <v>14</v>
       </c>
       <c r="E160" t="s">
         <v>15</v>
       </c>
       <c r="H160" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="L160" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161">
         <v>1033026</v>
       </c>
       <c r="B161" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C161" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D161" t="s">
         <v>14</v>
       </c>
       <c r="E161" t="s">
         <v>15</v>
       </c>
       <c r="H161" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="L161" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162">
         <v>1033041</v>
       </c>
       <c r="B162" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C162" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D162" t="s">
         <v>14</v>
       </c>
       <c r="E162" t="s">
         <v>15</v>
       </c>
       <c r="H162" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="L162" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163">
         <v>1033044</v>
       </c>
       <c r="B163" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="C163" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D163" t="s">
         <v>14</v>
       </c>
       <c r="E163" t="s">
         <v>15</v>
       </c>
       <c r="H163" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="L163" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164">
         <v>1033045</v>
       </c>
       <c r="B164" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C164" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D164" t="s">
         <v>14</v>
       </c>
       <c r="E164" t="s">
         <v>15</v>
       </c>
       <c r="H164" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="L164" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165">
         <v>1033046</v>
       </c>
       <c r="B165" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C165" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D165" t="s">
         <v>14</v>
       </c>
       <c r="E165" t="s">
         <v>15</v>
       </c>
       <c r="H165" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="L165" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166">
         <v>1033047</v>
       </c>
       <c r="B166" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C166" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D166" t="s">
         <v>14</v>
       </c>
       <c r="E166" t="s">
         <v>15</v>
       </c>
       <c r="H166" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="L166" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167">
         <v>1033048</v>
       </c>
       <c r="B167" t="s">
+        <v>498</v>
+      </c>
+      <c r="C167" t="s">
         <v>496</v>
       </c>
-      <c r="C167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D167" t="s">
         <v>14</v>
       </c>
       <c r="E167" t="s">
         <v>15</v>
       </c>
       <c r="H167" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="L167" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168">
         <v>1033049</v>
       </c>
       <c r="B168" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C168" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D168" t="s">
         <v>14</v>
       </c>
       <c r="E168" t="s">
         <v>15</v>
       </c>
       <c r="H168" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="L168" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169">
         <v>1033050</v>
       </c>
       <c r="B169" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C169" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D169" t="s">
         <v>14</v>
       </c>
       <c r="E169" t="s">
         <v>15</v>
       </c>
       <c r="H169" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="L169" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170">
         <v>1033051</v>
       </c>
       <c r="B170" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C170" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D170" t="s">
         <v>14</v>
       </c>
       <c r="E170" t="s">
         <v>15</v>
       </c>
       <c r="H170" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="L170" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
         <v>1033058</v>
       </c>
       <c r="B171" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C171" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="D171" t="s">
         <v>14</v>
       </c>
       <c r="E171" t="s">
         <v>15</v>
       </c>
       <c r="H171" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="L171" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
         <v>1033065</v>
       </c>
       <c r="B172" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C172" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D172" t="s">
         <v>14</v>
       </c>
       <c r="E172" t="s">
         <v>15</v>
       </c>
       <c r="H172" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="L172" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173">
         <v>1033066</v>
       </c>
       <c r="B173" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C173" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D173" t="s">
         <v>14</v>
       </c>
       <c r="E173" t="s">
         <v>15</v>
       </c>
       <c r="H173" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="L173" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174">
         <v>1033067</v>
       </c>
       <c r="B174" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C174" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="D174" t="s">
         <v>14</v>
       </c>
       <c r="E174" t="s">
         <v>15</v>
       </c>
       <c r="H174" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="L174" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175">
         <v>1033070</v>
       </c>
       <c r="B175" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C175" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="D175" t="s">
         <v>14</v>
       </c>
       <c r="E175" t="s">
         <v>15</v>
       </c>
       <c r="H175" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="L175" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
         <v>1033071</v>
       </c>
       <c r="B176" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C176" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D176" t="s">
         <v>24</v>
       </c>
       <c r="E176" t="s">
-        <v>337</v>
+        <v>524</v>
       </c>
       <c r="H176" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>525</v>
       </c>
       <c r="L176" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
         <v>1033073</v>
       </c>
       <c r="B177" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="C177" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="D177" t="s">
         <v>14</v>
       </c>
       <c r="E177" t="s">
         <v>15</v>
       </c>
       <c r="H177" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="L177" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178">
         <v>1033092</v>
       </c>
       <c r="B178" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="C178" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="D178" t="s">
         <v>14</v>
       </c>
       <c r="E178" t="s">
         <v>15</v>
       </c>
       <c r="H178" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="L178" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
         <v>1033093</v>
       </c>
       <c r="B179" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="C179" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="D179" t="s">
         <v>14</v>
       </c>
       <c r="E179" t="s">
         <v>15</v>
       </c>
       <c r="H179" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="L179" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
         <v>1033095</v>
       </c>
       <c r="B180" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="C180" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="D180" t="s">
         <v>14</v>
       </c>
       <c r="E180" t="s">
         <v>15</v>
       </c>
       <c r="H180" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="L180" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181">
         <v>1033100</v>
       </c>
       <c r="B181" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C181" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="D181" t="s">
         <v>14</v>
       </c>
       <c r="E181" t="s">
         <v>15</v>
       </c>
       <c r="H181" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="L181" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182">
         <v>1033102</v>
       </c>
       <c r="B182" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C182" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D182" t="s">
         <v>14</v>
       </c>
       <c r="E182" t="s">
         <v>15</v>
       </c>
       <c r="H182" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="L182" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183">
         <v>1033103</v>
       </c>
       <c r="B183" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C183" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="D183" t="s">
         <v>14</v>
       </c>
       <c r="E183" t="s">
         <v>15</v>
       </c>
       <c r="H183" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="L183" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184">
         <v>1033104</v>
       </c>
       <c r="B184" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="C184" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="D184" t="s">
         <v>14</v>
       </c>
       <c r="E184" t="s">
         <v>15</v>
       </c>
       <c r="H184" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="L184" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185">
         <v>1033105</v>
       </c>
       <c r="B185" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="C185" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="D185" t="s">
         <v>14</v>
       </c>
       <c r="E185" t="s">
         <v>15</v>
       </c>
       <c r="H185" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="L185" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186">
         <v>1033106</v>
       </c>
       <c r="B186" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="C186" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="D186" t="s">
         <v>14</v>
       </c>
       <c r="E186" t="s">
         <v>15</v>
       </c>
       <c r="H186" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="L186" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187">
         <v>1033107</v>
       </c>
       <c r="B187" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C187" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="D187" t="s">
         <v>14</v>
       </c>
       <c r="E187" t="s">
         <v>15</v>
       </c>
       <c r="H187" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="L187" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188">
         <v>1033108</v>
       </c>
       <c r="B188" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="C188" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="D188" t="s">
         <v>14</v>
       </c>
       <c r="E188" t="s">
         <v>15</v>
       </c>
       <c r="H188" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="L188" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
         <v>1033109</v>
       </c>
       <c r="B189" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="C189" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="D189" t="s">
         <v>14</v>
       </c>
       <c r="E189" t="s">
         <v>15</v>
       </c>
       <c r="H189" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="L189" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
         <v>1033110</v>
       </c>
       <c r="B190" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="C190" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="D190" t="s">
         <v>14</v>
       </c>
       <c r="E190" t="s">
         <v>15</v>
       </c>
       <c r="H190" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="L190" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191">
         <v>1033114</v>
       </c>
       <c r="B191" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="C191" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="D191" t="s">
         <v>14</v>
       </c>
       <c r="E191" t="s">
         <v>15</v>
       </c>
       <c r="H191" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="L191" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192">
         <v>1033115</v>
       </c>
       <c r="B192" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="C192" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="D192" t="s">
         <v>14</v>
       </c>
       <c r="E192" t="s">
         <v>15</v>
       </c>
       <c r="H192" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="L192" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193">
         <v>1033156</v>
       </c>
       <c r="B193" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="C193" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="D193" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H193" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="L193" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="194" spans="1:12">
       <c r="A194">
         <v>1033189</v>
       </c>
       <c r="B194" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="C194" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="D194" t="s">
         <v>14</v>
       </c>
       <c r="E194" t="s">
-        <v>15</v>
+        <v>348</v>
       </c>
       <c r="H194" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>578</v>
       </c>
       <c r="L194" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="195" spans="1:12">
       <c r="A195">
         <v>1033231</v>
       </c>
       <c r="B195" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="C195" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="D195" t="s">
         <v>24</v>
       </c>
       <c r="E195" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H195" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="L195" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="196" spans="1:12">
       <c r="A196">
         <v>1033236</v>
       </c>
       <c r="B196" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="C196" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="D196" t="s">
         <v>24</v>
       </c>
       <c r="E196" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H196" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="L196" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="197" spans="1:12">
       <c r="A197">
         <v>1033238</v>
       </c>
       <c r="B197" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="C197" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="D197" t="s">
         <v>14</v>
       </c>
       <c r="E197" t="s">
         <v>15</v>
       </c>
       <c r="H197" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="L197" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="198" spans="1:12">
       <c r="A198">
         <v>1033240</v>
       </c>
       <c r="B198" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C198" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="D198" t="s">
         <v>14</v>
       </c>
       <c r="E198" t="s">
         <v>15</v>
       </c>
       <c r="H198" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="L198" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
         <v>1033243</v>
       </c>
       <c r="B199" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="C199" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="D199" t="s">
         <v>24</v>
       </c>
       <c r="E199" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H199" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="L199" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
         <v>1033244</v>
       </c>
       <c r="B200" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="C200" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="D200" t="s">
         <v>14</v>
       </c>
       <c r="E200" t="s">
         <v>15</v>
       </c>
       <c r="H200" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="L200" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="201" spans="1:12">
       <c r="A201">
         <v>1033245</v>
       </c>
       <c r="B201" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="C201" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="D201" t="s">
         <v>14</v>
       </c>
       <c r="E201" t="s">
         <v>15</v>
       </c>
       <c r="H201" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="L201" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="202" spans="1:12">
       <c r="A202">
         <v>1033260</v>
       </c>
       <c r="B202" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="C202" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="D202" t="s">
         <v>14</v>
       </c>
       <c r="E202" t="s">
         <v>15</v>
       </c>
       <c r="H202" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="L202" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="203" spans="1:12">
       <c r="A203">
         <v>1033266</v>
       </c>
       <c r="B203" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C203" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="D203" t="s">
         <v>14</v>
       </c>
       <c r="E203" t="s">
         <v>15</v>
       </c>
       <c r="H203" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="L203" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="204" spans="1:12">
       <c r="A204">
         <v>1033272</v>
       </c>
       <c r="B204" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C204" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="D204" t="s">
         <v>14</v>
       </c>
       <c r="E204" t="s">
         <v>15</v>
       </c>
       <c r="H204" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="L204" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="205" spans="1:12">
       <c r="A205">
         <v>1033276</v>
       </c>
       <c r="B205" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="C205" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="D205" t="s">
         <v>14</v>
       </c>
       <c r="E205" t="s">
         <v>15</v>
       </c>
       <c r="H205" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="L205" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="206" spans="1:12">
       <c r="A206">
         <v>1033277</v>
       </c>
       <c r="B206" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="C206" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="D206" t="s">
         <v>14</v>
       </c>
       <c r="E206" t="s">
         <v>15</v>
       </c>
       <c r="H206" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="L206" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="207" spans="1:12">
       <c r="A207">
         <v>1033803</v>
       </c>
       <c r="B207" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="C207" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="D207" t="s">
         <v>14</v>
       </c>
       <c r="E207" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="H207" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="L207" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="208" spans="1:12">
       <c r="A208">
         <v>1033812</v>
       </c>
       <c r="B208" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="C208" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="D208" t="s">
         <v>14</v>
       </c>
       <c r="E208" t="s">
         <v>15</v>
       </c>
       <c r="H208" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="L208" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="209" spans="1:12">
       <c r="A209">
         <v>1033859</v>
       </c>
       <c r="B209" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="C209" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="D209" t="s">
         <v>14</v>
       </c>
       <c r="E209" t="s">
         <v>15</v>
       </c>
       <c r="H209" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="L209" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210">
         <v>1033862</v>
       </c>
       <c r="B210" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="C210" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="D210" t="s">
         <v>14</v>
       </c>
       <c r="E210" t="s">
         <v>15</v>
       </c>
       <c r="H210" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="L210" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211">
         <v>1033863</v>
       </c>
       <c r="B211" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C211" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="D211" t="s">
         <v>14</v>
       </c>
       <c r="E211" t="s">
         <v>15</v>
       </c>
       <c r="H211" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="L211" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="212" spans="1:12">
       <c r="A212">
         <v>1033866</v>
       </c>
       <c r="B212" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="C212" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="D212" t="s">
         <v>14</v>
       </c>
       <c r="E212" t="s">
         <v>15</v>
       </c>
       <c r="H212" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="L212" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213">
         <v>1033867</v>
       </c>
       <c r="B213" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="C213" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="D213" t="s">
         <v>14</v>
       </c>
       <c r="E213" t="s">
         <v>15</v>
       </c>
       <c r="H213" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="L213" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214">
         <v>1033869</v>
       </c>
       <c r="B214" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="C214" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="D214" t="s">
         <v>24</v>
       </c>
       <c r="E214" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H214" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="L214" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="215" spans="1:12">
       <c r="A215">
         <v>1033872</v>
       </c>
       <c r="B215" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="C215" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="D215" t="s">
         <v>24</v>
       </c>
       <c r="E215" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H215" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="L215" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="216" spans="1:12">
       <c r="A216">
         <v>1033890</v>
       </c>
       <c r="B216" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="C216" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D216" t="s">
         <v>14</v>
       </c>
       <c r="E216" t="s">
         <v>15</v>
       </c>
       <c r="H216" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="L216" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="217" spans="1:12">
       <c r="A217">
         <v>1033921</v>
       </c>
       <c r="B217" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="C217" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="D217" t="s">
         <v>24</v>
       </c>
       <c r="E217" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H217" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="L217" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218">
         <v>1033932</v>
       </c>
       <c r="B218" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="C218" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="D218" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H218" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="L218" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219">
         <v>1033934</v>
       </c>
       <c r="B219" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="C219" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="D219" t="s">
         <v>14</v>
       </c>
       <c r="E219" t="s">
         <v>15</v>
       </c>
       <c r="H219" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="L219" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220">
         <v>1033949</v>
       </c>
       <c r="B220" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C220" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D220" t="s">
         <v>14</v>
       </c>
       <c r="E220" t="s">
         <v>15</v>
       </c>
       <c r="H220" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="L220" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221">
         <v>1033952</v>
       </c>
       <c r="B221" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="C221" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="D221" t="s">
         <v>14</v>
       </c>
       <c r="E221" t="s">
         <v>15</v>
       </c>
       <c r="H221" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="L221" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="222" spans="1:12">
       <c r="A222">
         <v>1033953</v>
       </c>
       <c r="B222" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="C222" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D222" t="s">
         <v>14</v>
       </c>
       <c r="E222" t="s">
         <v>15</v>
       </c>
       <c r="H222" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="L222" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223">
         <v>1033956</v>
       </c>
       <c r="B223" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="C223" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="D223" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E223" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="H223" t="s">
-        <v>662</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>665</v>
       </c>
       <c r="L223" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224">
         <v>1034004</v>
       </c>
       <c r="B224" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="C224" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="D224" t="s">
         <v>24</v>
       </c>
       <c r="E224" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H224" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="L224" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225">
         <v>1034037</v>
       </c>
       <c r="B225" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="C225" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="D225" t="s">
         <v>24</v>
       </c>
       <c r="E225" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H225" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="L225" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226">
         <v>1034053</v>
       </c>
       <c r="B226" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="C226" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="D226" t="s">
         <v>24</v>
       </c>
       <c r="E226" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H226" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="L226" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227">
         <v>1034079</v>
       </c>
       <c r="B227" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="C227" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="D227" t="s">
         <v>24</v>
       </c>
       <c r="E227" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="H227" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="L227" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228">
         <v>1034081</v>
       </c>
       <c r="B228" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="C228" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="D228" t="s">
         <v>14</v>
       </c>
       <c r="E228" t="s">
         <v>15</v>
       </c>
       <c r="H228" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="L228" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229">
         <v>1034129</v>
       </c>
       <c r="B229" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="C229" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="D229" t="s">
         <v>24</v>
       </c>
       <c r="E229" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="H229" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="L229" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230">
         <v>1034165</v>
       </c>
       <c r="B230" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="C230" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="D230" t="s">
         <v>24</v>
       </c>
       <c r="E230" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H230" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="L230" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231">
         <v>1034168</v>
       </c>
       <c r="B231" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="C231" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="D231" t="s">
         <v>24</v>
       </c>
       <c r="E231" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H231" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="L231" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
         <v>1034170</v>
       </c>
       <c r="B232" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C232" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="D232" t="s">
         <v>14</v>
       </c>
       <c r="E232" t="s">
         <v>15</v>
       </c>
       <c r="H232" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="L232" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
         <v>1034171</v>
       </c>
       <c r="B233" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="C233" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="D233" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H233" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="L233" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="234" spans="1:12">
       <c r="A234">
         <v>1034172</v>
       </c>
       <c r="B234" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="C234" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="D234" t="s">
         <v>14</v>
       </c>
       <c r="E234" t="s">
         <v>20</v>
       </c>
       <c r="H234" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="L234" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="235" spans="1:12">
       <c r="A235">
         <v>1034174</v>
       </c>
       <c r="B235" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="C235" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="D235" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H235" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="L235" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="236" spans="1:12">
       <c r="A236">
         <v>1034178</v>
       </c>
       <c r="B236" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="C236" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="D236" t="s">
         <v>14</v>
       </c>
       <c r="E236" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="H236" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="L236" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="237" spans="1:12">
       <c r="A237">
         <v>1034189</v>
       </c>
       <c r="B237" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="C237" t="s">
+        <v>709</v>
+      </c>
+      <c r="D237" t="s">
+        <v>24</v>
+      </c>
+      <c r="E237" t="s">
         <v>706</v>
       </c>
-      <c r="D237" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H237" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="L237" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="238" spans="1:12">
       <c r="A238">
         <v>1034197</v>
       </c>
       <c r="B238" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="C238" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="D238" t="s">
         <v>14</v>
       </c>
       <c r="E238" t="s">
         <v>15</v>
       </c>
       <c r="H238" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="L238" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="239" spans="1:12">
       <c r="A239">
         <v>1034198</v>
       </c>
       <c r="B239" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C239" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="D239" t="s">
         <v>14</v>
       </c>
       <c r="E239" t="s">
         <v>15</v>
       </c>
       <c r="H239" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="L239" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240">
         <v>1034199</v>
       </c>
       <c r="B240" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="C240" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="D240" t="s">
         <v>14</v>
       </c>
       <c r="E240" t="s">
         <v>15</v>
       </c>
       <c r="H240" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="L240" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="241" spans="1:12">
       <c r="A241">
         <v>1034200</v>
       </c>
       <c r="B241" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="C241" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="D241" t="s">
         <v>14</v>
       </c>
       <c r="E241" t="s">
         <v>15</v>
       </c>
       <c r="H241" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="L241" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="242" spans="1:12">
       <c r="A242">
         <v>1034203</v>
       </c>
       <c r="B242" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="C242" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="D242" t="s">
         <v>14</v>
       </c>
       <c r="E242" t="s">
         <v>15</v>
       </c>
       <c r="H242" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="L242" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="243" spans="1:12">
       <c r="A243">
         <v>1034220</v>
       </c>
       <c r="B243" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="C243" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="D243" t="s">
         <v>24</v>
       </c>
       <c r="E243" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H243" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="L243" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="244" spans="1:12">
       <c r="A244">
         <v>1034228</v>
       </c>
       <c r="B244" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="C244" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="D244" t="s">
         <v>14</v>
       </c>
       <c r="E244" t="s">
         <v>15</v>
       </c>
       <c r="H244" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="L244" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="245" spans="1:12">
       <c r="A245">
         <v>1034249</v>
       </c>
       <c r="B245" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="C245" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="D245" t="s">
         <v>24</v>
       </c>
       <c r="E245" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H245" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="L245" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="246" spans="1:12">
       <c r="A246">
         <v>1034263</v>
       </c>
       <c r="B246" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="C246" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="D246" t="s">
         <v>14</v>
       </c>
       <c r="E246" t="s">
         <v>20</v>
       </c>
       <c r="H246" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="L246" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="247" spans="1:12">
       <c r="A247">
         <v>1034268</v>
       </c>
       <c r="B247" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C247" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="D247" t="s">
         <v>24</v>
       </c>
       <c r="E247" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H247" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="L247" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="248" spans="1:12">
       <c r="A248">
         <v>1034269</v>
       </c>
       <c r="B248" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="C248" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="D248" t="s">
         <v>24</v>
       </c>
       <c r="E248" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H248" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="L248" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="249" spans="1:12">
       <c r="A249">
         <v>1034286</v>
       </c>
       <c r="B249" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C249" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="D249" t="s">
         <v>14</v>
       </c>
       <c r="E249" t="s">
         <v>20</v>
       </c>
       <c r="H249" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="L249" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="250" spans="1:12">
       <c r="A250">
         <v>1034288</v>
       </c>
       <c r="B250" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="C250" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="D250" t="s">
         <v>24</v>
       </c>
       <c r="E250" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H250" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="L250" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="251" spans="1:12">
       <c r="A251">
         <v>1034296</v>
       </c>
       <c r="B251" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="C251" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="D251" t="s">
         <v>24</v>
       </c>
       <c r="E251" t="s">
-        <v>337</v>
+        <v>751</v>
       </c>
       <c r="H251" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="L251" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="252" spans="1:12">
       <c r="A252">
         <v>1034345</v>
       </c>
       <c r="B252" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="C252" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="D252" t="s">
         <v>24</v>
       </c>
       <c r="E252" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H252" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="L252" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="253" spans="1:12">
       <c r="A253">
         <v>1034346</v>
       </c>
       <c r="B253" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="C253" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="D253" t="s">
         <v>24</v>
       </c>
       <c r="E253" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H253" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="L253" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="254" spans="1:12">
       <c r="A254">
         <v>1034353</v>
       </c>
       <c r="B254" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="C254" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="D254" t="s">
         <v>24</v>
       </c>
       <c r="E254" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H254" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="L254" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="255" spans="1:12">
       <c r="A255">
         <v>1034359</v>
       </c>
       <c r="B255" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="C255" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="D255" t="s">
         <v>24</v>
       </c>
       <c r="E255" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H255" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="L255" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256">
         <v>1034372</v>
       </c>
       <c r="B256" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="C256" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="D256" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H256" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="L256" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257">
         <v>1034375</v>
       </c>
       <c r="B257" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="C257" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="D257" t="s">
         <v>24</v>
       </c>
       <c r="E257" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H257" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="L257" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="258" spans="1:12">
       <c r="A258">
         <v>1034376</v>
       </c>
       <c r="B258" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="C258" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="D258" t="s">
         <v>24</v>
       </c>
       <c r="E258" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H258" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="L258" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="259" spans="1:12">
       <c r="A259">
         <v>1034389</v>
       </c>
       <c r="B259" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="C259" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="D259" t="s">
         <v>24</v>
       </c>
       <c r="E259" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H259" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="L259" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260">
         <v>1034393</v>
       </c>
       <c r="B260" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="C260" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="D260" t="s">
         <v>24</v>
       </c>
       <c r="E260" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H260" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="L260" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261">
         <v>1034406</v>
       </c>
       <c r="B261" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="C261" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="D261" t="s">
         <v>24</v>
       </c>
       <c r="E261" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H261" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="L261" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="262" spans="1:12">
       <c r="A262">
         <v>1034408</v>
       </c>
       <c r="B262" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="C262" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="D262" t="s">
         <v>24</v>
       </c>
       <c r="E262" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H262" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="L262" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="263" spans="1:12">
       <c r="A263">
         <v>1034410</v>
       </c>
       <c r="B263" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="C263" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="D263" t="s">
         <v>14</v>
       </c>
       <c r="E263" t="s">
         <v>15</v>
       </c>
       <c r="H263" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="L263" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="264" spans="1:12">
       <c r="A264">
         <v>1034417</v>
       </c>
       <c r="B264" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="C264" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="D264" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H264" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="L264" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="265" spans="1:12">
       <c r="A265">
         <v>1034422</v>
       </c>
       <c r="B265" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="C265" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="D265" t="s">
         <v>14</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="H265" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="L265" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
         <v>1034426</v>
       </c>
       <c r="B266" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="C266" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="D266" t="s">
         <v>24</v>
       </c>
       <c r="E266" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="H266" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="L266" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
         <v>1034429</v>
       </c>
       <c r="B267" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="C267" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="D267" t="s">
         <v>24</v>
       </c>
       <c r="E267" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H267" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="L267" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268">
         <v>1034432</v>
       </c>
       <c r="B268" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="C268" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="D268" t="s">
         <v>14</v>
       </c>
       <c r="E268" t="s">
         <v>15</v>
       </c>
       <c r="H268" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="L268" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269">
         <v>1034434</v>
       </c>
       <c r="B269" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="C269" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="D269" t="s">
         <v>14</v>
       </c>
       <c r="E269" t="s">
         <v>15</v>
       </c>
       <c r="H269" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="L269" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="270" spans="1:12">
       <c r="A270">
         <v>1034435</v>
       </c>
       <c r="B270" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="C270" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="D270" t="s">
         <v>24</v>
       </c>
       <c r="E270" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H270" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="L270" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="271" spans="1:12">
       <c r="A271">
         <v>1034484</v>
       </c>
       <c r="B271" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="C271" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="D271" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H271" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="L271" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="272" spans="1:12">
       <c r="A272">
         <v>1034490</v>
       </c>
       <c r="B272" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="C272" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="D272" t="s">
         <v>14</v>
       </c>
       <c r="E272" t="s">
         <v>15</v>
       </c>
       <c r="H272" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="L272" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="273" spans="1:12">
       <c r="A273">
         <v>1034492</v>
       </c>
       <c r="B273" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="C273" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="D273" t="s">
         <v>14</v>
       </c>
       <c r="E273" t="s">
         <v>15</v>
       </c>
       <c r="H273" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="L273" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274">
         <v>1034494</v>
       </c>
       <c r="B274" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="C274" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="D274" t="s">
         <v>14</v>
       </c>
       <c r="E274" t="s">
         <v>15</v>
       </c>
       <c r="H274" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="L274" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="275" spans="1:12">
       <c r="A275">
         <v>1034497</v>
       </c>
       <c r="B275" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="C275" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="D275" t="s">
         <v>14</v>
       </c>
       <c r="E275" t="s">
         <v>15</v>
       </c>
       <c r="H275" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="L275" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="276" spans="1:12">
       <c r="A276">
         <v>1034501</v>
       </c>
       <c r="B276" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="C276" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="D276" t="s">
         <v>14</v>
       </c>
       <c r="E276" t="s">
         <v>15</v>
       </c>
       <c r="H276" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="L276" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="277" spans="1:12">
       <c r="A277">
         <v>1034502</v>
       </c>
       <c r="B277" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="C277" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="D277" t="s">
         <v>14</v>
       </c>
       <c r="E277" t="s">
         <v>15</v>
       </c>
       <c r="H277" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="L277" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="278" spans="1:12">
       <c r="A278">
         <v>1034510</v>
       </c>
       <c r="B278" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="C278" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="D278" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H278" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="L278" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="279" spans="1:12">
       <c r="A279">
         <v>1034526</v>
       </c>
       <c r="B279" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="C279" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="D279" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H279" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="L279" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
         <v>1034527</v>
       </c>
       <c r="B280" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="C280" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="D280" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H280" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="L280" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
         <v>1034533</v>
       </c>
       <c r="B281" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="C281" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="D281" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H281" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="L281" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282">
         <v>1034535</v>
       </c>
       <c r="B282" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="C282" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="D282" t="s">
         <v>24</v>
       </c>
       <c r="E282" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="H282" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="L282" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283">
         <v>1034536</v>
       </c>
       <c r="B283" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="C283" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="D283" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H283" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="L283" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="284" spans="1:12">
       <c r="A284">
         <v>1034542</v>
       </c>
       <c r="B284" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="C284" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="D284" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H284" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="L284" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="285" spans="1:12">
       <c r="A285">
         <v>1034556</v>
       </c>
       <c r="B285" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="C285" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="D285" t="s">
         <v>14</v>
       </c>
       <c r="E285" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="H285" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="L285" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="286" spans="1:12">
       <c r="A286">
         <v>1034616</v>
       </c>
       <c r="B286" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="C286" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="D286" t="s">
         <v>14</v>
       </c>
       <c r="E286" t="s">
         <v>15</v>
       </c>
       <c r="H286" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="L286" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="287" spans="1:12">
       <c r="A287">
         <v>1034618</v>
       </c>
       <c r="B287" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="C287" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="D287" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H287" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="L287" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288">
         <v>1034622</v>
       </c>
       <c r="B288" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C288" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="D288" t="s">
         <v>14</v>
       </c>
       <c r="E288" t="s">
         <v>15</v>
       </c>
       <c r="H288" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="L288" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289">
         <v>1034632</v>
       </c>
       <c r="B289" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="C289" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="D289" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E289" t="s">
-        <v>15</v>
+        <v>864</v>
       </c>
       <c r="H289" t="s">
-        <v>860</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>865</v>
       </c>
       <c r="L289" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290">
         <v>1034638</v>
       </c>
       <c r="B290" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="C290" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="D290" t="s">
         <v>14</v>
       </c>
       <c r="E290" t="s">
         <v>15</v>
       </c>
       <c r="H290" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="L290" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
         <v>1034640</v>
       </c>
       <c r="B291" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="C291" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="D291" t="s">
         <v>14</v>
       </c>
       <c r="E291" t="s">
         <v>15</v>
       </c>
       <c r="H291" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="L291" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
         <v>1034641</v>
       </c>
       <c r="B292" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
       <c r="C292" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="D292" t="s">
         <v>14</v>
       </c>
       <c r="E292" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="H292" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="L292" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293">
         <v>1034643</v>
       </c>
       <c r="B293" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="C293" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="D293" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H293" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="L293" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294">
         <v>1034645</v>
       </c>
       <c r="B294" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="C294" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="D294" t="s">
         <v>24</v>
       </c>
       <c r="E294" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H294" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="L294" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="295" spans="1:12">
       <c r="A295">
         <v>1034654</v>
       </c>
       <c r="B295" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="C295" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="D295" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H295" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="L295" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296">
         <v>1034664</v>
       </c>
       <c r="B296" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="C296" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="D296" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H296" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="L296" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297">
         <v>1034678</v>
       </c>
       <c r="B297" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="C297" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="D297" t="s">
         <v>24</v>
       </c>
       <c r="E297" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H297" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="L297" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
         <v>1034682</v>
       </c>
       <c r="B298" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="C298" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="D298" t="s">
         <v>24</v>
       </c>
       <c r="E298" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="H298" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="L298" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
         <v>1034684</v>
       </c>
       <c r="B299" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="C299" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="D299" t="s">
         <v>24</v>
       </c>
       <c r="E299" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H299" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="L299" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
         <v>1034701</v>
       </c>
       <c r="B300" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="C300" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="D300" t="s">
         <v>24</v>
       </c>
       <c r="E300" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H300" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="L300" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
         <v>1034703</v>
       </c>
       <c r="B301" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="C301" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="D301" t="s">
         <v>24</v>
       </c>
       <c r="E301" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H301" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="L301" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
         <v>1034716</v>
       </c>
       <c r="B302" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="C302" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="D302" t="s">
         <v>14</v>
       </c>
       <c r="E302" t="s">
         <v>20</v>
       </c>
       <c r="H302" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="L302" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
         <v>1034732</v>
       </c>
       <c r="B303" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="C303" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="D303" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H303" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="L303" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
         <v>1034747</v>
       </c>
       <c r="B304" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="C304" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="D304" t="s">
         <v>14</v>
       </c>
       <c r="E304" t="s">
         <v>15</v>
       </c>
       <c r="H304" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="L304" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
         <v>1034750</v>
       </c>
       <c r="B305" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="C305" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="D305" t="s">
         <v>14</v>
       </c>
       <c r="E305" t="s">
         <v>15</v>
       </c>
       <c r="H305" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="L305" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
         <v>1034752</v>
       </c>
       <c r="B306" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="C306" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
       <c r="D306" t="s">
         <v>24</v>
       </c>
       <c r="E306" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H306" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="L306" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
         <v>1034756</v>
       </c>
       <c r="B307" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="C307" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="D307" t="s">
         <v>14</v>
       </c>
       <c r="E307" t="s">
         <v>20</v>
       </c>
       <c r="H307" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="L307" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
         <v>1034772</v>
       </c>
       <c r="B308" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="C308" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="D308" t="s">
         <v>24</v>
       </c>
       <c r="E308" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H308" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="L308" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
         <v>1034774</v>
       </c>
       <c r="B309" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="C309" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="D309" t="s">
         <v>24</v>
       </c>
       <c r="E309" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H309" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="L309" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
         <v>1034777</v>
       </c>
       <c r="B310" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="C310" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="D310" t="s">
         <v>24</v>
       </c>
       <c r="E310" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H310" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="L310" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
         <v>1034783</v>
       </c>
       <c r="B311" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="C311" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="D311" t="s">
         <v>14</v>
       </c>
       <c r="E311" t="s">
         <v>15</v>
       </c>
       <c r="H311" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="L311" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312">
         <v>1034800</v>
       </c>
       <c r="B312" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="C312" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="D312" t="s">
         <v>24</v>
       </c>
       <c r="E312" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H312" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="L312" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313">
         <v>1034802</v>
       </c>
       <c r="B313" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="C313" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="D313" t="s">
         <v>14</v>
       </c>
       <c r="E313" t="s">
         <v>15</v>
       </c>
       <c r="H313" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="L313" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314">
         <v>1034805</v>
       </c>
       <c r="B314" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="C314" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="D314" t="s">
         <v>14</v>
       </c>
       <c r="E314" t="s">
         <v>15</v>
       </c>
       <c r="H314" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="L314" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315">
         <v>1034819</v>
       </c>
       <c r="B315" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="C315" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="D315" t="s">
         <v>14</v>
       </c>
       <c r="E315" t="s">
         <v>15</v>
       </c>
       <c r="H315" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="L315" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316">
         <v>1034824</v>
       </c>
       <c r="B316" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="C316" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="D316" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H316" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="L316" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317">
         <v>1034830</v>
       </c>
       <c r="B317" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="C317" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="D317" t="s">
         <v>14</v>
       </c>
       <c r="E317" t="s">
         <v>15</v>
       </c>
       <c r="H317" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="L317" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318">
         <v>1034839</v>
       </c>
       <c r="B318" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="C318" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="D318" t="s">
         <v>24</v>
       </c>
       <c r="E318" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H318" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="L318" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319">
         <v>1034840</v>
       </c>
       <c r="B319" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="C319" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="D319" t="s">
         <v>24</v>
       </c>
       <c r="E319" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H319" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="L319" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320">
         <v>1034842</v>
       </c>
       <c r="B320" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="C320" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="D320" t="s">
         <v>24</v>
       </c>
       <c r="E320" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H320" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="L320" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
         <v>1034854</v>
       </c>
       <c r="B321" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="C321" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="D321" t="s">
         <v>24</v>
       </c>
       <c r="E321" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H321" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="L321" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
         <v>1034870</v>
       </c>
       <c r="B322" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="C322" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="D322" t="s">
         <v>24</v>
       </c>
       <c r="E322" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H322" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="L322" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
         <v>1034875</v>
       </c>
       <c r="B323" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="C323" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="D323" t="s">
         <v>24</v>
       </c>
       <c r="E323" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H323" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="L323" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
         <v>1034884</v>
       </c>
       <c r="B324" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="C324" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="D324" t="s">
         <v>24</v>
       </c>
       <c r="E324" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="H324" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="L324" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
         <v>1034912</v>
       </c>
       <c r="B325" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="C325" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="D325" t="s">
         <v>24</v>
       </c>
       <c r="E325" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H325" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="L325" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
         <v>1034914</v>
       </c>
       <c r="B326" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="C326" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="D326" t="s">
         <v>24</v>
       </c>
       <c r="E326" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H326" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
       <c r="L326" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
         <v>1034916</v>
       </c>
       <c r="B327" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="C327" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="D327" t="s">
         <v>24</v>
       </c>
       <c r="E327" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H327" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="L327" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
         <v>1034942</v>
       </c>
       <c r="B328" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="C328" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="D328" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H328" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="L328" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
         <v>1034945</v>
       </c>
       <c r="B329" t="s">
-        <v>979</v>
+        <v>984</v>
       </c>
       <c r="C329" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="D329" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H329" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="L329" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
         <v>1034984</v>
       </c>
       <c r="B330" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="C330" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="D330" t="s">
         <v>14</v>
       </c>
       <c r="E330" t="s">
         <v>15</v>
       </c>
       <c r="H330" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="L330" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
         <v>1034986</v>
       </c>
       <c r="B331" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="C331" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="D331" t="s">
         <v>14</v>
       </c>
       <c r="E331" t="s">
         <v>15</v>
       </c>
       <c r="H331" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="L331" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
         <v>1034987</v>
       </c>
       <c r="B332" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="C332" t="s">
-        <v>989</v>
+        <v>994</v>
       </c>
       <c r="D332" t="s">
         <v>14</v>
       </c>
       <c r="E332" t="s">
         <v>15</v>
       </c>
       <c r="H332" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="L332" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333">
         <v>1034988</v>
       </c>
       <c r="B333" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="C333" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="D333" t="s">
         <v>14</v>
       </c>
       <c r="E333" t="s">
         <v>15</v>
       </c>
       <c r="H333" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="L333" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334">
         <v>1034992</v>
       </c>
       <c r="B334" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="C334" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="D334" t="s">
         <v>14</v>
       </c>
       <c r="E334" t="s">
         <v>15</v>
       </c>
       <c r="H334" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="L334" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335">
         <v>1034997</v>
       </c>
       <c r="B335" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="C335" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="D335" t="s">
         <v>24</v>
       </c>
       <c r="E335" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H335" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="L335" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
         <v>1035002</v>
       </c>
       <c r="B336" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="C336" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="D336" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H336" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="L336" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
         <v>1035012</v>
       </c>
       <c r="B337" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="C337" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="D337" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H337" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="L337" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338">
         <v>1035032</v>
       </c>
       <c r="B338" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
       <c r="C338" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="D338" t="s">
         <v>24</v>
       </c>
       <c r="E338" t="s">
-        <v>337</v>
+        <v>751</v>
       </c>
       <c r="H338" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="L338" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339">
         <v>1035045</v>
       </c>
       <c r="B339" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="C339" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
       <c r="D339" t="s">
         <v>24</v>
       </c>
       <c r="E339" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H339" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="L339" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="340" spans="1:12">
       <c r="A340">
         <v>1035051</v>
       </c>
       <c r="B340" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="C340" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="D340" t="s">
         <v>24</v>
       </c>
       <c r="E340" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="H340" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="L340" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="341" spans="1:12">
       <c r="A341">
         <v>1035053</v>
       </c>
       <c r="B341" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="C341" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="D341" t="s">
         <v>24</v>
       </c>
       <c r="E341" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H341" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="L341" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="342" spans="1:12">
       <c r="A342">
         <v>1035059</v>
       </c>
       <c r="B342" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
       <c r="C342" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D342" t="s">
         <v>24</v>
       </c>
       <c r="E342" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H342" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="L342" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="343" spans="1:12">
       <c r="A343">
         <v>1035069</v>
       </c>
       <c r="B343" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="C343" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="D343" t="s">
         <v>24</v>
       </c>
       <c r="E343" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H343" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="L343" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="344" spans="1:12">
       <c r="A344">
         <v>1035077</v>
       </c>
       <c r="B344" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="C344" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="D344" t="s">
         <v>24</v>
       </c>
       <c r="E344" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H344" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="L344" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="345" spans="1:12">
       <c r="A345">
         <v>1035084</v>
       </c>
       <c r="B345" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="C345" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="D345" t="s">
         <v>24</v>
       </c>
       <c r="E345" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H345" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="L345" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="346" spans="1:12">
       <c r="A346">
         <v>1035097</v>
       </c>
       <c r="B346" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="C346" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="D346" t="s">
         <v>24</v>
       </c>
       <c r="E346" t="s">
         <v>25</v>
       </c>
       <c r="H346" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1035</v>
       </c>
       <c r="L346" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="347" spans="1:12">
       <c r="A347">
         <v>1035099</v>
       </c>
       <c r="B347" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="C347" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="D347" t="s">
         <v>24</v>
       </c>
       <c r="E347" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H347" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="L347" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="348" spans="1:12">
       <c r="A348">
         <v>1035102</v>
       </c>
       <c r="B348" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="C348" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="D348" t="s">
         <v>24</v>
       </c>
       <c r="E348" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H348" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="L348" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="349" spans="1:12">
       <c r="A349">
         <v>1035104</v>
       </c>
       <c r="B349" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="C349" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="D349" t="s">
         <v>24</v>
       </c>
       <c r="E349" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="H349" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="L349" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="350" spans="1:12">
       <c r="A350">
         <v>1035108</v>
       </c>
       <c r="B350" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="C350" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="D350" t="s">
         <v>24</v>
       </c>
       <c r="E350" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H350" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="L350" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="351" spans="1:12">
       <c r="A351">
         <v>1035110</v>
       </c>
       <c r="B351" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="C351" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="D351" t="s">
         <v>24</v>
       </c>
       <c r="E351" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H351" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="L351" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352">
         <v>1035123</v>
       </c>
       <c r="B352" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="C352" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="D352" t="s">
         <v>24</v>
       </c>
       <c r="E352" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H352" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="L352" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353">
         <v>1035131</v>
       </c>
       <c r="B353" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="C353" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="D353" t="s">
         <v>14</v>
       </c>
       <c r="E353" t="s">
         <v>15</v>
       </c>
       <c r="H353" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="L353" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354">
         <v>1035139</v>
       </c>
       <c r="B354" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="C354" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="D354" t="s">
         <v>24</v>
       </c>
       <c r="E354" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H354" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="L354" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355">
         <v>1035143</v>
       </c>
       <c r="B355" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="C355" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="D355" t="s">
         <v>24</v>
       </c>
       <c r="E355" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H355" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="L355" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356">
         <v>1035146</v>
       </c>
       <c r="B356" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="C356" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="D356" t="s">
         <v>24</v>
       </c>
       <c r="E356" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H356" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
       <c r="L356" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
         <v>1035157</v>
       </c>
       <c r="B357" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
       <c r="C357" t="s">
-        <v>1061</v>
+        <v>1066</v>
       </c>
       <c r="D357" t="s">
         <v>24</v>
       </c>
       <c r="E357" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H357" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="L357" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
         <v>1035162</v>
       </c>
       <c r="B358" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="C358" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="D358" t="s">
         <v>14</v>
       </c>
       <c r="E358" t="s">
         <v>20</v>
       </c>
       <c r="H358" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="L358" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="359" spans="1:12">
       <c r="A359">
         <v>1035175</v>
       </c>
       <c r="B359" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
       <c r="C359" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
       <c r="D359" t="s">
         <v>24</v>
       </c>
       <c r="E359" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H359" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="L359" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="360" spans="1:12">
       <c r="A360">
         <v>1035186</v>
       </c>
       <c r="B360" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="C360" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="D360" t="s">
         <v>24</v>
       </c>
       <c r="E360" t="s">
         <v>25</v>
       </c>
       <c r="H360" t="s">
-        <v>1071</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1076</v>
       </c>
       <c r="L360" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="361" spans="1:12">
       <c r="A361">
         <v>1035190</v>
       </c>
       <c r="B361" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="C361" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="D361" t="s">
         <v>24</v>
       </c>
       <c r="E361" t="s">
-        <v>337</v>
+        <v>25</v>
       </c>
       <c r="H361" t="s">
-        <v>1074</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1079</v>
       </c>
       <c r="L361" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="362" spans="1:12">
       <c r="A362">
         <v>1035246</v>
       </c>
       <c r="B362" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="C362" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="D362" t="s">
         <v>14</v>
       </c>
       <c r="E362" t="s">
         <v>15</v>
       </c>
       <c r="H362" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="L362" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="363" spans="1:12">
       <c r="A363">
         <v>1035249</v>
       </c>
       <c r="B363" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="C363" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="D363" t="s">
         <v>14</v>
       </c>
       <c r="E363" t="s">
         <v>15</v>
       </c>
       <c r="H363" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="L363" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="364" spans="1:12">
       <c r="A364">
         <v>1035264</v>
       </c>
       <c r="B364" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="C364" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
       <c r="D364" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H364" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="L364" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="365" spans="1:12">
       <c r="A365">
         <v>1035269</v>
       </c>
       <c r="B365" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="C365" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="D365" t="s">
         <v>24</v>
       </c>
       <c r="E365" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H365" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="L365" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="366" spans="1:12">
       <c r="A366">
         <v>1035270</v>
       </c>
       <c r="B366" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="C366" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
       <c r="D366" t="s">
         <v>14</v>
       </c>
       <c r="E366" t="s">
         <v>15</v>
       </c>
       <c r="H366" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="L366" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="367" spans="1:12">
       <c r="A367">
         <v>1035281</v>
       </c>
       <c r="B367" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="C367" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="D367" t="s">
         <v>14</v>
       </c>
       <c r="E367" t="s">
         <v>15</v>
       </c>
       <c r="H367" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="L367" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="368" spans="1:12">
       <c r="A368">
         <v>1035311</v>
       </c>
       <c r="B368" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="C368" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
       <c r="D368" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H368" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="L368" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="369" spans="1:12">
       <c r="A369">
         <v>1035312</v>
       </c>
       <c r="B369" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="C369" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="D369" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H369" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="L369" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="370" spans="1:12">
       <c r="A370">
         <v>1035313</v>
       </c>
       <c r="B370" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="C370" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="D370" t="s">
         <v>14</v>
       </c>
       <c r="E370" t="s">
         <v>15</v>
       </c>
       <c r="H370" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="L370" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="371" spans="1:12">
       <c r="A371">
         <v>1035315</v>
       </c>
       <c r="B371" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="C371" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="D371" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H371" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="L371" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="372" spans="1:12">
       <c r="A372">
         <v>1035316</v>
       </c>
       <c r="B372" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="C372" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="D372" t="s">
         <v>14</v>
       </c>
       <c r="E372" t="s">
         <v>15</v>
       </c>
       <c r="H372" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="L372" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="373" spans="1:12">
       <c r="A373">
         <v>1035317</v>
       </c>
       <c r="B373" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="C373" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="D373" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H373" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="L373" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="374" spans="1:12">
       <c r="A374">
         <v>1035318</v>
       </c>
       <c r="B374" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="C374" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="D374" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H374" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="L374" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="375" spans="1:12">
       <c r="A375">
         <v>1035321</v>
       </c>
       <c r="B375" t="s">
-        <v>1112</v>
+        <v>1117</v>
       </c>
       <c r="C375" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="D375" t="s">
         <v>14</v>
       </c>
       <c r="E375" t="s">
         <v>15</v>
       </c>
       <c r="H375" t="s">
-        <v>1114</v>
+        <v>1119</v>
       </c>
       <c r="L375" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="376" spans="1:12">
       <c r="A376">
         <v>1035323</v>
       </c>
       <c r="B376" t="s">
-        <v>1115</v>
+        <v>1120</v>
       </c>
       <c r="C376" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="D376" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H376" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
       <c r="L376" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="377" spans="1:12">
       <c r="A377">
         <v>1035327</v>
       </c>
       <c r="B377" t="s">
-        <v>1117</v>
+        <v>1122</v>
       </c>
       <c r="C377" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="D377" t="s">
         <v>14</v>
       </c>
       <c r="E377" t="s">
         <v>15</v>
       </c>
       <c r="H377" t="s">
-        <v>1118</v>
+        <v>1123</v>
       </c>
       <c r="L377" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="378" spans="1:12">
       <c r="A378">
         <v>1035328</v>
       </c>
       <c r="B378" t="s">
-        <v>1119</v>
+        <v>1124</v>
       </c>
       <c r="C378" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="D378" t="s">
         <v>24</v>
       </c>
       <c r="E378" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H378" t="s">
-        <v>1121</v>
+        <v>1126</v>
       </c>
       <c r="L378" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="379" spans="1:12">
       <c r="A379">
         <v>1035329</v>
       </c>
       <c r="B379" t="s">
-        <v>1122</v>
+        <v>1127</v>
       </c>
       <c r="C379" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
       <c r="D379" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H379" t="s">
-        <v>1124</v>
+        <v>1129</v>
       </c>
       <c r="L379" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="380" spans="1:12">
       <c r="A380">
         <v>1035332</v>
       </c>
       <c r="B380" t="s">
-        <v>1125</v>
+        <v>1130</v>
       </c>
       <c r="C380" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="D380" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H380" t="s">
-        <v>1127</v>
+        <v>1132</v>
       </c>
       <c r="L380" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="381" spans="1:12">
       <c r="A381">
         <v>1035334</v>
       </c>
       <c r="B381" t="s">
-        <v>1128</v>
+        <v>1133</v>
       </c>
       <c r="C381" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="D381" t="s">
         <v>14</v>
       </c>
       <c r="E381" t="s">
         <v>15</v>
       </c>
       <c r="H381" t="s">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c r="L381" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="382" spans="1:12">
       <c r="A382">
         <v>1035336</v>
       </c>
       <c r="B382" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="C382" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="D382" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H382" t="s">
-        <v>1132</v>
+        <v>1137</v>
       </c>
       <c r="L382" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="383" spans="1:12">
       <c r="A383">
         <v>1035338</v>
       </c>
       <c r="B383" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="C383" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="D383" t="s">
         <v>24</v>
       </c>
       <c r="E383" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H383" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
       <c r="L383" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="384" spans="1:12">
       <c r="A384">
         <v>1035340</v>
       </c>
       <c r="B384" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
       <c r="C384" t="s">
-        <v>1137</v>
+        <v>1142</v>
       </c>
       <c r="D384" t="s">
         <v>24</v>
       </c>
       <c r="E384" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H384" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="L384" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="385" spans="1:12">
       <c r="A385">
         <v>1035341</v>
       </c>
       <c r="B385" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="C385" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="D385" t="s">
         <v>24</v>
       </c>
       <c r="E385" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="H385" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="L385" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="386" spans="1:12">
       <c r="A386">
         <v>1035343</v>
       </c>
       <c r="B386" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="C386" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="D386" t="s">
         <v>24</v>
       </c>
       <c r="E386" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H386" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="L386" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="387" spans="1:12">
       <c r="A387">
         <v>1035351</v>
       </c>
       <c r="B387" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="C387" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="D387" t="s">
         <v>14</v>
       </c>
       <c r="E387" t="s">
         <v>15</v>
       </c>
       <c r="H387" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="L387" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="388" spans="1:12">
       <c r="A388">
         <v>1035353</v>
       </c>
       <c r="B388" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="C388" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="D388" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H388" t="s">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="L388" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="389" spans="1:12">
       <c r="A389">
         <v>1035355</v>
       </c>
       <c r="B389" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="C389" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="D389" t="s">
         <v>14</v>
       </c>
       <c r="E389" t="s">
         <v>15</v>
       </c>
       <c r="H389" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="L389" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="390" spans="1:12">
       <c r="A390">
         <v>1035356</v>
       </c>
       <c r="B390" t="s">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="C390" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="D390" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H390" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="L390" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="391" spans="1:12">
       <c r="A391">
         <v>1035357</v>
       </c>
       <c r="B391" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="C391" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
       <c r="D391" t="s">
         <v>14</v>
       </c>
       <c r="E391" t="s">
         <v>15</v>
       </c>
       <c r="H391" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="L391" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="392" spans="1:12">
       <c r="A392">
         <v>1035358</v>
       </c>
       <c r="B392" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="C392" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="D392" t="s">
         <v>14</v>
       </c>
       <c r="E392" t="s">
         <v>15</v>
       </c>
       <c r="H392" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="L392" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="393" spans="1:12">
       <c r="A393">
         <v>1035360</v>
       </c>
       <c r="B393" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="C393" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="D393" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H393" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
       <c r="L393" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="394" spans="1:12">
       <c r="A394">
         <v>1035362</v>
       </c>
       <c r="B394" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="C394" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
       <c r="D394" t="s">
         <v>14</v>
       </c>
       <c r="E394" t="s">
         <v>15</v>
       </c>
       <c r="H394" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="L394" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="395" spans="1:12">
       <c r="A395">
         <v>1035364</v>
       </c>
       <c r="B395" t="s">
-        <v>1168</v>
+        <v>1173</v>
       </c>
       <c r="C395" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
       <c r="D395" t="s">
         <v>14</v>
       </c>
       <c r="E395" t="s">
         <v>15</v>
       </c>
       <c r="H395" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
       <c r="L395" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="396" spans="1:12">
       <c r="A396">
         <v>1035368</v>
       </c>
       <c r="B396" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="C396" t="s">
-        <v>1172</v>
+        <v>1177</v>
       </c>
       <c r="D396" t="s">
         <v>14</v>
       </c>
       <c r="E396" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="H396" t="s">
-        <v>1173</v>
+        <v>1178</v>
       </c>
       <c r="L396" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="397" spans="1:12">
       <c r="A397">
         <v>1035369</v>
       </c>
       <c r="B397" t="s">
-        <v>1174</v>
+        <v>1179</v>
       </c>
       <c r="C397" t="s">
-        <v>1175</v>
+        <v>1180</v>
       </c>
       <c r="D397" t="s">
         <v>14</v>
       </c>
       <c r="E397" t="s">
         <v>15</v>
       </c>
       <c r="H397" t="s">
-        <v>1176</v>
+        <v>1181</v>
       </c>
       <c r="L397" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="398" spans="1:12">
       <c r="A398">
         <v>1035379</v>
       </c>
       <c r="B398" t="s">
-        <v>1177</v>
+        <v>1182</v>
       </c>
       <c r="C398" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="D398" t="s">
         <v>14</v>
       </c>
       <c r="E398" t="s">
         <v>15</v>
       </c>
       <c r="H398" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="L398" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="399" spans="1:12">
       <c r="A399">
         <v>1035380</v>
       </c>
       <c r="B399" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
       <c r="C399" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
       <c r="D399" t="s">
         <v>14</v>
       </c>
       <c r="E399" t="s">
         <v>15</v>
       </c>
       <c r="H399" t="s">
-        <v>1182</v>
+        <v>1187</v>
       </c>
       <c r="L399" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="400" spans="1:12">
       <c r="A400">
         <v>1035384</v>
       </c>
       <c r="B400" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="C400" t="s">
-        <v>1184</v>
+        <v>1189</v>
       </c>
       <c r="D400" t="s">
         <v>14</v>
       </c>
       <c r="E400" t="s">
         <v>15</v>
       </c>
       <c r="H400" t="s">
-        <v>1185</v>
+        <v>1190</v>
       </c>
       <c r="L400" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="401" spans="1:12">
       <c r="A401">
         <v>1035385</v>
       </c>
       <c r="B401" t="s">
-        <v>1186</v>
+        <v>1191</v>
       </c>
       <c r="C401" t="s">
-        <v>1187</v>
+        <v>1192</v>
       </c>
       <c r="D401" t="s">
         <v>14</v>
       </c>
       <c r="E401" t="s">
         <v>15</v>
       </c>
       <c r="H401" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="L401" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="402" spans="1:12">
       <c r="A402">
         <v>1035388</v>
       </c>
       <c r="B402" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="C402" t="s">
-        <v>1190</v>
+        <v>1195</v>
       </c>
       <c r="D402" t="s">
         <v>14</v>
       </c>
       <c r="E402" t="s">
         <v>15</v>
       </c>
       <c r="H402" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
       <c r="L402" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="403" spans="1:12">
       <c r="A403">
         <v>1035389</v>
       </c>
       <c r="B403" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="C403" t="s">
-        <v>1193</v>
+        <v>1198</v>
       </c>
       <c r="D403" t="s">
         <v>14</v>
       </c>
       <c r="E403" t="s">
         <v>15</v>
       </c>
       <c r="H403" t="s">
-        <v>1194</v>
+        <v>1199</v>
       </c>
       <c r="L403" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="404" spans="1:12">
       <c r="A404">
         <v>1035405</v>
       </c>
       <c r="B404" t="s">
-        <v>1195</v>
+        <v>1200</v>
       </c>
       <c r="C404" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="D404" t="s">
         <v>14</v>
       </c>
       <c r="E404" t="s">
         <v>15</v>
       </c>
       <c r="H404" t="s">
-        <v>1196</v>
+        <v>1201</v>
       </c>
       <c r="L404" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="405" spans="1:12">
       <c r="A405">
         <v>1035409</v>
       </c>
       <c r="B405" t="s">
-        <v>1197</v>
+        <v>1202</v>
       </c>
       <c r="C405" t="s">
-        <v>1198</v>
+        <v>1203</v>
       </c>
       <c r="D405" t="s">
         <v>14</v>
       </c>
       <c r="E405" t="s">
         <v>15</v>
       </c>
       <c r="H405" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="L405" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
         <v>1035411</v>
       </c>
       <c r="B406" t="s">
-        <v>1200</v>
+        <v>1205</v>
       </c>
       <c r="C406" t="s">
-        <v>1201</v>
+        <v>1206</v>
       </c>
       <c r="D406" t="s">
         <v>14</v>
       </c>
       <c r="E406" t="s">
         <v>15</v>
       </c>
       <c r="H406" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="L406" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="407" spans="1:12">
       <c r="A407">
         <v>1035413</v>
       </c>
       <c r="B407" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
       <c r="C407" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
       <c r="D407" t="s">
         <v>14</v>
       </c>
       <c r="E407" t="s">
         <v>15</v>
       </c>
       <c r="H407" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="L407" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="408" spans="1:12">
       <c r="A408">
         <v>1035415</v>
       </c>
       <c r="B408" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="C408" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="D408" t="s">
         <v>14</v>
       </c>
       <c r="E408" t="s">
         <v>15</v>
       </c>
       <c r="H408" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="L408" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="409" spans="1:12">
       <c r="A409">
         <v>1035425</v>
       </c>
       <c r="B409" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="C409" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
       <c r="D409" t="s">
         <v>24</v>
       </c>
       <c r="E409" t="s">
-        <v>337</v>
+        <v>751</v>
       </c>
       <c r="H409" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="L409" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="410" spans="1:12">
       <c r="A410">
         <v>1035445</v>
       </c>
       <c r="B410" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="C410" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="D410" t="s">
         <v>14</v>
       </c>
       <c r="E410" t="s">
         <v>15</v>
       </c>
       <c r="H410" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="L410" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="411" spans="1:12">
       <c r="A411">
         <v>1035446</v>
       </c>
       <c r="B411" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="C411" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="D411" t="s">
         <v>14</v>
       </c>
       <c r="E411" t="s">
         <v>15</v>
       </c>
       <c r="H411" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="L411" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="412" spans="1:12">
       <c r="A412">
         <v>1035447</v>
       </c>
       <c r="B412" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="C412" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
       <c r="D412" t="s">
         <v>14</v>
       </c>
       <c r="E412" t="s">
         <v>15</v>
       </c>
       <c r="H412" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="L412" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="413" spans="1:12">
       <c r="A413">
         <v>1035448</v>
       </c>
       <c r="B413" t="s">
-        <v>1221</v>
+        <v>1226</v>
       </c>
       <c r="C413" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="D413" t="s">
         <v>24</v>
       </c>
       <c r="E413" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H413" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="L413" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="414" spans="1:12">
       <c r="A414">
         <v>1035451</v>
       </c>
       <c r="B414" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="C414" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="D414" t="s">
         <v>14</v>
       </c>
       <c r="E414" t="s">
         <v>15</v>
       </c>
       <c r="H414" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="L414" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="415" spans="1:12">
       <c r="A415">
         <v>1035458</v>
       </c>
       <c r="B415" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="C415" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
       <c r="D415" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H415" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="L415" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="416" spans="1:12">
       <c r="A416">
         <v>1035475</v>
       </c>
       <c r="B416" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="C416" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="D416" t="s">
         <v>14</v>
       </c>
       <c r="E416" t="s">
         <v>15</v>
       </c>
       <c r="H416" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="L416" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="417" spans="1:12">
       <c r="A417">
         <v>1035511</v>
       </c>
       <c r="B417" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="C417" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="D417" t="s">
         <v>24</v>
       </c>
       <c r="E417" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H417" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="L417" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="418" spans="1:12">
       <c r="A418">
         <v>1035563</v>
       </c>
       <c r="B418" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="C418" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="D418" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H418" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="L418" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
         <v>1035638</v>
       </c>
       <c r="B419" t="s">
-        <v>1239</v>
+        <v>1244</v>
       </c>
       <c r="C419" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
       <c r="D419" t="s">
         <v>24</v>
       </c>
       <c r="E419" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H419" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="L419" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="420" spans="1:12">
       <c r="A420">
         <v>1035649</v>
       </c>
       <c r="B420" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="C420" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="D420" t="s">
         <v>24</v>
       </c>
       <c r="E420" t="s">
-        <v>1244</v>
+        <v>25</v>
       </c>
       <c r="H420" t="s">
-        <v>1245</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1249</v>
       </c>
       <c r="L420" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="421" spans="1:12">
       <c r="A421">
         <v>1035651</v>
       </c>
       <c r="B421" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="C421" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="D421" t="s">
         <v>24</v>
       </c>
       <c r="E421" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H421" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="L421" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="422" spans="1:12">
       <c r="A422">
         <v>1035653</v>
       </c>
       <c r="B422" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="C422" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="D422" t="s">
         <v>24</v>
       </c>
       <c r="E422" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H422" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="L422" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="423" spans="1:12">
       <c r="A423">
         <v>1035664</v>
       </c>
       <c r="B423" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="C423" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="D423" t="s">
         <v>24</v>
       </c>
       <c r="E423" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H423" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="L423" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="424" spans="1:12">
       <c r="A424">
         <v>1035701</v>
       </c>
       <c r="B424" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="C424" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="D424" t="s">
         <v>24</v>
       </c>
       <c r="E424" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H424" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="L424" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="425" spans="1:12">
       <c r="A425">
         <v>1035703</v>
       </c>
       <c r="B425" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="C425" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="D425" t="s">
         <v>24</v>
       </c>
       <c r="E425" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="H425" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="L425" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="426" spans="1:12">
       <c r="A426">
         <v>1035718</v>
       </c>
       <c r="B426" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="C426" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="D426" t="s">
         <v>24</v>
       </c>
       <c r="E426" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H426" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="L426" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="427" spans="1:12">
       <c r="A427">
         <v>1035719</v>
       </c>
       <c r="B427" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="C427" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="D427" t="s">
         <v>14</v>
       </c>
       <c r="E427" t="s">
         <v>15</v>
       </c>
       <c r="H427" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="L427" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="428" spans="1:12">
       <c r="A428">
         <v>1035720</v>
       </c>
       <c r="B428" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="C428" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="D428" t="s">
         <v>14</v>
       </c>
       <c r="E428" t="s">
         <v>15</v>
       </c>
       <c r="H428" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="L428" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="429" spans="1:12">
       <c r="A429">
         <v>1035721</v>
       </c>
       <c r="B429" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="C429" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="D429" t="s">
         <v>14</v>
       </c>
       <c r="E429" t="s">
         <v>15</v>
       </c>
       <c r="H429" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="L429" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="430" spans="1:12">
       <c r="A430">
         <v>1035723</v>
       </c>
       <c r="B430" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="C430" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="D430" t="s">
         <v>14</v>
       </c>
       <c r="E430" t="s">
         <v>15</v>
       </c>
       <c r="H430" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="L430" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="431" spans="1:12">
       <c r="A431">
         <v>1035727</v>
       </c>
       <c r="B431" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="C431" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="D431" t="s">
         <v>14</v>
       </c>
       <c r="E431" t="s">
         <v>15</v>
       </c>
       <c r="H431" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="L431" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="432" spans="1:12">
       <c r="A432">
         <v>1035729</v>
       </c>
       <c r="B432" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="C432" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="D432" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H432" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="L432" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="433" spans="1:12">
       <c r="A433">
         <v>1035749</v>
       </c>
       <c r="B433" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="C433" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="D433" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H433" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="L433" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="434" spans="1:12">
       <c r="A434">
         <v>1035753</v>
       </c>
       <c r="B434" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="C434" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="D434" t="s">
         <v>14</v>
       </c>
       <c r="E434" t="s">
         <v>15</v>
       </c>
       <c r="H434" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="L434" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="435" spans="1:12">
       <c r="A435">
         <v>1035754</v>
       </c>
       <c r="B435" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="C435" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="D435" t="s">
         <v>14</v>
       </c>
       <c r="E435" t="s">
         <v>15</v>
       </c>
       <c r="H435" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="L435" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="436" spans="1:12">
       <c r="A436">
         <v>1035755</v>
       </c>
       <c r="B436" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="C436" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="D436" t="s">
         <v>14</v>
       </c>
       <c r="E436" t="s">
         <v>15</v>
       </c>
       <c r="H436" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="L436" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="437" spans="1:12">
       <c r="A437">
         <v>1035757</v>
       </c>
       <c r="B437" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="C437" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="D437" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H437" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="L437" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="438" spans="1:12">
       <c r="A438">
         <v>1035758</v>
       </c>
       <c r="B438" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="C438" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="D438" t="s">
         <v>14</v>
       </c>
       <c r="E438" t="s">
         <v>15</v>
       </c>
       <c r="H438" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="L438" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="439" spans="1:12">
       <c r="A439">
         <v>1035761</v>
       </c>
       <c r="B439" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="C439" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="D439" t="s">
         <v>14</v>
       </c>
       <c r="E439" t="s">
         <v>15</v>
       </c>
       <c r="H439" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="L439" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="440" spans="1:12">
       <c r="A440">
         <v>1035765</v>
       </c>
       <c r="B440" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="C440" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="D440" t="s">
         <v>14</v>
       </c>
       <c r="E440" t="s">
         <v>15</v>
       </c>
       <c r="H440" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="L440" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
         <v>1035771</v>
       </c>
       <c r="B441" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="C441" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="D441" t="s">
         <v>14</v>
       </c>
       <c r="E441" t="s">
         <v>15</v>
       </c>
       <c r="H441" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="L441" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
         <v>1035772</v>
       </c>
       <c r="B442" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="C442" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="D442" t="s">
         <v>24</v>
       </c>
       <c r="E442" t="s">
         <v>15</v>
       </c>
       <c r="H442" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="L442" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
         <v>1035774</v>
       </c>
       <c r="B443" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="C443" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="D443" t="s">
         <v>14</v>
       </c>
       <c r="E443" t="s">
         <v>15</v>
       </c>
       <c r="H443" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="L443" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
         <v>1035778</v>
       </c>
       <c r="B444" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="C444" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="D444" t="s">
         <v>14</v>
       </c>
       <c r="E444" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H444" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="L444" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
         <v>1035810</v>
       </c>
       <c r="B445" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="C445" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="D445" t="s">
         <v>24</v>
       </c>
       <c r="E445" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H445" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="L445" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="446" spans="1:12">
       <c r="A446">
         <v>1035820</v>
       </c>
       <c r="B446" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="C446" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="D446" t="s">
         <v>24</v>
       </c>
       <c r="E446" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H446" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="L446" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="447" spans="1:12">
       <c r="A447">
         <v>1035824</v>
       </c>
       <c r="B447" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="C447" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="D447" t="s">
         <v>24</v>
       </c>
       <c r="E447" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H447" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="L447" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
         <v>1035827</v>
       </c>
       <c r="B448" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="C448" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="D448" t="s">
         <v>24</v>
       </c>
       <c r="E448" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H448" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="L448" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
         <v>1035836</v>
       </c>
       <c r="B449" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="C449" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="D449" t="s">
         <v>14</v>
       </c>
       <c r="E449" t="s">
         <v>20</v>
       </c>
       <c r="H449" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="L449" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
         <v>1035847</v>
       </c>
       <c r="B450" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="C450" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="D450" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H450" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="L450" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
         <v>1035850</v>
       </c>
       <c r="B451" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="C451" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="D451" t="s">
         <v>24</v>
       </c>
       <c r="E451" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H451" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="L451" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
         <v>1035851</v>
       </c>
       <c r="B452" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
       <c r="C452" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
       <c r="D452" t="s">
         <v>14</v>
       </c>
       <c r="E452" t="s">
         <v>15</v>
       </c>
       <c r="H452" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="L452" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
         <v>1035852</v>
       </c>
       <c r="B453" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="C453" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="D453" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H453" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="L453" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="454" spans="1:12">
       <c r="A454">
         <v>1035854</v>
       </c>
       <c r="B454" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="C454" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="D454" t="s">
         <v>24</v>
       </c>
       <c r="E454" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H454" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
       <c r="L454" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
         <v>1035856</v>
       </c>
       <c r="B455" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="C455" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="D455" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H455" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="L455" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
         <v>1035859</v>
       </c>
       <c r="B456" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="C456" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="D456" t="s">
         <v>24</v>
       </c>
       <c r="E456" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H456" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="L456" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>