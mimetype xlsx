--- v0 (2025-12-08)
+++ v1 (2026-01-20)
@@ -845,54 +845,54 @@
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3360454-1028429-pdo/document/VWS-WOO-09-1105944</t>
   </si>
   <si>
     <t>VWS-WOO-09-1105947</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3360454-1028429-pdo/document/VWS-WOO-09-1105947</t>
   </si>
   <si>
     <t>VWS-WOO-09-1105986</t>
   </si>
   <si>
     <t>FW: Testen evenementen testen</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3360454-1028429-pdo/document/VWS-WOO-09-1105986</t>
   </si>
   <si>
     <t>VWS-WOO-09-1105988</t>
   </si>
   <si>
     <t xml:space="preserve">FW: Opdrachtbon - VWS Continuering COVID-19 portaal </t>
   </si>
   <si>
+    <t>5.1.2e</t>
+  </si>
+  <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3360454-1028429-pdo/document/VWS-WOO-09-1105988</t>
-  </si>
-[...1 lines deleted...]
-    <t>ja</t>
   </si>
   <si>
     <t>VWS-WOO-09-1105995</t>
   </si>
   <si>
     <t>input namens waarnemer VWS inz GR advies testbewijzen</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3360454-1028429-pdo/document/VWS-WOO-09-1105995</t>
   </si>
   <si>
     <t>VWS-WOO-09-1106000</t>
   </si>
   <si>
     <t>RE: Addendum opdrachtbrief VNO-NCW - spoor 2 - reactie VNO_-</t>
   </si>
   <si>
     <t>https://open.minvws.nl/dossier/VWS-WOO/3360454-1028429-pdo/document/VWS-WOO-09-1106000</t>
   </si>
   <si>
     <t>VWS-WOO-09-1106009</t>
   </si>
   <si>
     <t>RE: Dringend bericht platform mbt bron en contactonderzoek</t>
   </si>
@@ -3808,56 +3808,53 @@
       </c>
       <c r="E92" t="s">
         <v>39</v>
       </c>
       <c r="H92" t="s">
         <v>274</v>
       </c>
       <c r="L92" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
         <v>1105988</v>
       </c>
       <c r="B93" t="s">
         <v>275</v>
       </c>
       <c r="C93" t="s">
         <v>276</v>
       </c>
       <c r="D93" t="s">
         <v>14</v>
       </c>
       <c r="E93" t="s">
-        <v>20</v>
+        <v>277</v>
       </c>
       <c r="H93" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="I93" t="s">
         <v>278</v>
       </c>
       <c r="L93" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
         <v>1105995</v>
       </c>
       <c r="B94" t="s">
         <v>279</v>
       </c>
       <c r="C94" t="s">
         <v>280</v>
       </c>
       <c r="D94" t="s">
         <v>14</v>
       </c>
       <c r="E94" t="s">
         <v>29</v>
       </c>
       <c r="H94" t="s">
         <v>281</v>
       </c>